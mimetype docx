--- v0 (2025-11-11)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e96738" w14:textId="7e96738">
+    <w:p w14:paraId="96fd7fc" w14:textId="96fd7fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -340,210 +340,210 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Коктерекского сельского округа района Мақаншы на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложениям 1</w:t>
+        <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 34 664,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 38 116,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 11 216,0 тысяч тенге;</w:t>
+      налоговые поступления – 8 668,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления - 0,0 тысяч тенге;</w:t>
+      неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 23 448,0 тысяч тенге;</w:t>
+      поступления трансфертов – 29 448,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 36 285,0 тысяч тенге;</w:t>
+      2) затраты – 39 737,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -660,52 +660,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 1 621,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      поступление займов - 0,0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      поступление займов - 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-156/VIII</w:t>
+        <w:t>№ 29-210/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,215 +1061,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Коктерекского сельского округа района Мақаншы на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 30.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-156/VIII</w:t>
+        <w:t>№ 29-210/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1279,83 +1280,84 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1398,83 +1400,51 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1495,51 +1465,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1549,269 +1552,238 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
-            </w:r>
-[...34 lines deleted...]
-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1832,516 +1804,519 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-34 664,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 116,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11 216,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 668,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1 855,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2351,353 +2326,355 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1 855,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-9 261,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 261,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2707,175 +2684,176 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 261,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2885,175 +2863,176 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3063,175 +3042,176 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3241,353 +3221,355 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5 816,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренные налоги на товары,работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3597,531 +3579,534 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...50 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Постуления и использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4131,531 +4116,534 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4665,659 +4653,695 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-23 448,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-23 448,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...159 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6388,51 +6412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 285,0</w:t>
+39 737,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6597,51 +6621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 334,0</w:t>
+30 696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6806,51 +6830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 334,0</w:t>
+30 696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7015,51 +7039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 334,0</w:t>
+30 696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7224,51 +7248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 334,0</w:t>
+30 696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7433,51 +7457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 951,0</w:t>
+6 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7642,51 +7666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 951,0</w:t>
+6 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7851,51 +7875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 951,0</w:t>
+6 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8060,51 +8084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 151,0</w:t>
+5 926,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8269,260 +8293,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800,0</w:t>
+615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...167 lines deleted...]
-0,0</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8551,187 +8575,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-0,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8896,51 +8920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9033,123 +9057,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-057</w:t>
-[...71 lines deleted...]
-0,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10533,259 +10557,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-            </w:r>
-[...207 lines deleted...]
-Бюджетные изъятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -43369,55 +43184,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>