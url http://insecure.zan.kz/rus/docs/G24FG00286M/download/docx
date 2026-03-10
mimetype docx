--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a8b670" w14:textId="2a8b670">
+    <w:p w14:paraId="5ff5469" w14:textId="5ff5469">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,53 +123,57 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -343,51 +347,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 73848 тысяч тенге, в том числе:</w:t>
+      1) доходы – 73584,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 16314 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -415,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 57534 тысяч тенге;</w:t>
+      поступления трансфертов – 57270,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 76734,2 тысяч тенге;</w:t>
+      2) затраты – 76470,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -551,61 +555,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-7-VIII</w:t>
+        <w:t>№ 40-4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -624,172 +628,172 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предусмотреть объем бюджетной субвенции, передаваемой из районного бюджета в бюджет Дмитриевского сельского округа на 2025 год в сумме 19058 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Дмитриевского сельского округа на 2025 год целевые текущие трансферты из областного бюджета в сумме 113 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Дмитриевского сельского округа на 2025 год целевые текущие трансферты из областного бюджета в сумме 136 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-7-VIII</w:t>
+        <w:t>№ 40-4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Предусмотреть в бюджете Дмитриевского сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 38363 тысяч тенге.</w:t>
+      4. Предусмотреть в бюджете Дмитриевского сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 38076,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-7-VIII</w:t>
+        <w:t>№ 40-4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -802,62 +806,63 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -865,51 +870,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -917,317 +922,327 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Урашева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z10" w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение 1 к решению</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Бородулихинского районного</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>маслихата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от 30 декабря 2024 года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-6-VIII</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Дмитриевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-7-VIII</w:t>
+        <w:t>№ 40-4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1588"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3998"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1243,124 +1258,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1376,168 +1377,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1547,3281 +1527,3048 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-73848</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73584,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16314</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-4997</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-4997</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-11157</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-188</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-265</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-5322</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-5382</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5482</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-160</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-160</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-57534</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57270,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-57534</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57270,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
-[...29 lines deleted...]
-57534</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57270,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1458"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3227"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4837,124 +4584,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4970,163 +4703,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5142,207 +4854,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5352,6235 +5036,5651 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-76734,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76470,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-38149</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-38149</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-38149</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-37149</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-35481</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35194,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-35481</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35194,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-35481</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35194,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-6854</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6567,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 558</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -2886,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2886,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2886,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2886,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11736,178 +10836,172 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Дмитриевского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1588"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3998"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11923,124 +11017,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12056,168 +11136,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12227,3069 +11286,2838 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3623</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3623</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5653</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15315,179 +14143,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1541"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2711"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15503,124 +14325,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15636,163 +14444,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15808,207 +14595,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16018,4179 +14777,3770 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4047</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4047</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4047</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3464</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 583</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20346,178 +18696,172 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Дмитриевского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1588"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3998"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20533,124 +18877,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20666,168 +18996,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20837,3069 +19146,2838 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16828</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6366</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16971</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16971</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23925,179 +22003,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1541"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2711"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24113,124 +22185,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24246,163 +22304,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24418,207 +22455,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24628,4179 +22637,3770 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>