--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ec569cc" w14:textId="ec569cc">
+    <w:p w14:paraId="593f829" w14:textId="593f829">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -347,51 +343,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 44828 тысяч тенге, в том числе:</w:t>
+      1) доходы – 51934,1 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 9355 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -401,87 +397,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала – 2000 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 35473 тысяч тенге;</w:t>
+      поступления трансфертов – 40579,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты – 49629,7 тысяч тенге;</w:t>
+      2)затраты – 56735,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)чистое бюджетное кредитование – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -555,61 +551,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-2-VIII</w:t>
+        <w:t>№ 38-3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -628,90 +624,172 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Предусмотреть объем бюджетной субвенции, передаваемой из районного бюджета в бюджет Андреевского сельского округа на 2025 год в сумме 34389 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из областного бюджета в сумме 1084 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из областного бюджета в сумме 1365,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-2-VIII</w:t>
+        <w:t>№ 38-3-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 4825 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 3-1 в соответствии с решением Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -724,63 +802,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -788,51 +865,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -840,376 +917,317 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Урашева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...133 lines deleted...]
-    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение 1 к решению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бородулихинского районного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>маслихата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 30 декабря 2024 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-2-VIII</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Андреевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 09.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-2-VIII</w:t>
+        <w:t>№ 38-3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4641"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z10" w:id="4"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1225,110 +1243,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1344,147 +1376,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1494,3030 +1547,3649 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44828</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51934,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5690</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2258</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-35473</w:t>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-35473</w:t>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40579,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40579,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-35473</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40579,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1458"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="3458"/>
+        <w:gridCol w:w="3227"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4533,110 +5205,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4652,142 +5338,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4803,179 +5510,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4985,6260 +5720,7158 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-49629,7</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56735,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28719</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33992,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28719</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33992,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28719</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33992,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-27466</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32763,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1253</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2845</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм, информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-16118</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18561,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-16118</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18561,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-16118</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18561,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-16118</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18561,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1240</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1240</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1240</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1240</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
--4801,7</w:t>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-4801,7</w:t>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4801,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11394,172 +13027,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Андреевского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11575,110 +13214,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11694,147 +13347,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11844,2838 +13518,3069 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8439</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2484</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34061</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34061</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14701,173 +16606,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="842"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="3654"/>
+        <w:gridCol w:w="2711"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14883,110 +16794,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15002,142 +16927,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15153,179 +17099,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15335,3543 +17309,3935 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм, информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19027,172 +21393,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Андреевского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19208,110 +21580,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19327,147 +21713,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19477,2838 +21884,3069 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2473</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2473</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2732</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22334,173 +24972,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="842"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="3654"/>
+        <w:gridCol w:w="2711"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22516,110 +25160,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22635,142 +25293,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22786,179 +25465,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22968,3543 +25675,3935 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм, информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26566,55 +29665,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>