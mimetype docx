--- v1 (2025-12-14)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="593f829" w14:textId="593f829">
+    <w:p w14:paraId="893044f" w14:textId="893044f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,53 +123,57 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -343,269 +347,269 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 51934,1 тысяч тенге, в том числе:</w:t>
+      1) доходы – 52063,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 9355 тысяч тенге;</w:t>
+      налоговые поступления – 8860 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 2000 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 2495 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 40579,1 тысяч тенге;</w:t>
+      поступления трансфертов – 40708,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты – 56735,8 тысяч тенге;</w:t>
+      2) затраты – 56865,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)чистое бюджетное кредитование – 0 тенге;</w:t>
+      3) чистое бюджетное кредитование – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4)сальдо по операциям с финансовыми активами – 0 тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)дефицит (профицит) бюджета – - 4801,7 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 4801,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)финансирование дефицита (использование профицита) бюджета –  4801,7 тысяч тенге в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 4801,7 тысяч тенге в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 4801,7 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-3-VIII</w:t>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -624,172 +628,192 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Предусмотреть объем бюджетной субвенции, передаваемой из районного бюджета в бюджет Андреевского сельского округа на 2025 год в сумме 34389 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из областного бюджета в сумме 1365,1 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из областного бюджета в сумме 1360,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-3-VIII</w:t>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 4825 тысяч тенге.</w:t>
+      3-1. Предусмотреть в бюджете Андреевского сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 4959,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 3-1 в соответствии с решением Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 38-3-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -802,62 +826,63 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -865,51 +890,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -917,317 +942,327 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Урашева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z9" w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение 1 к решению</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Бородулихинского районного</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>маслихата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от 30 декабря 2024 года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-2-VIII</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Андреевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-3-VIII</w:t>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1465"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4641"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1243,124 +1278,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1376,168 +1397,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1547,3649 +1547,3384 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-51934,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52063,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-9355</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-3607</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-3607</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-5690</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-77</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-3310</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-2258</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-2000</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-2000</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-2000</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-40579,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40708,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-40579,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40708,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-40579,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40708,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1458"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3227"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5205,124 +4940,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5338,163 +5059,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5510,207 +5210,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5720,7158 +5392,6469 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-56735,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56865,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-33992,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34370,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-33992,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34370,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-33992,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34370,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
-[...29 lines deleted...]
-32763,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32897,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-3551</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+243,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-2845</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-706</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2845</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-18561,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-18561,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм, информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-18561,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-18561,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-629</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...218 lines deleted...]
-1,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...221 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III .Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1458" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13027,178 +12010,172 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Андреевского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1588"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3998"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13214,124 +12191,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13347,168 +12310,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13518,3069 +12460,2838 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8439</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2484</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34061</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34061</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16606,179 +15317,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1541"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2711"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16794,124 +15499,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16927,163 +15618,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17099,207 +15769,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17309,3935 +15951,3543 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм, информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21393,178 +19643,172 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Андреевского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1588"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3998"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21580,124 +19824,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21713,168 +19943,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21884,3069 +20093,2838 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2473</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2473</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2732</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24972,179 +22950,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1541"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2711"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25160,124 +23132,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25293,163 +23251,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25465,207 +23402,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25675,3935 +23584,3543 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм, информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III .Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>