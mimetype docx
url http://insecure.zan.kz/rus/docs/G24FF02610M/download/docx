--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21e3d26" w14:textId="21e3d26">
+    <w:p w14:paraId="7e16f52" w14:textId="7e16f52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 55 098,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 60 457,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 5600,0 тысяч тенге;</w:t>
+      налоговые поступления – 5 600,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       неналоговые поступления – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступления от продажи основного капитала – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 49 498,0 тысяч тенге;</w:t>
+      поступления трансфертов – 54 857,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 57 779,2 тысяч тенге;</w:t>
+      2) затраты – 63 138,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,51 +643,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -2681,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета -  2681,2 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета - 2681,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашения займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 2681,2 тысяч тенге</w:t>
+      используемые остатки бюджетных средств – 2681,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/10-VIII</w:t>
+        <w:t>№ 32/10-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1094,61 +1094,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жетижарского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/10-VIII</w:t>
+        <w:t>№ 32/10-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1914,51 +1914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55098,0</w:t>
+60457,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5297,51 +5297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49498,0</w:t>
+54857,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5461,51 +5461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49498,0</w:t>
+54857,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5656,51 +5656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49498,0</w:t>
+54857,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6842,51 +6842,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма  (тысяч тенге)</w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7624,51 +7642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57779,2</w:t>
+63138,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7833,51 +7851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49729,0</w:t>
+49088,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8042,51 +8060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49729,0</w:t>
+49088,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8251,51 +8269,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49729,0</w:t>
+49088,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8460,51 +8478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49729,0</w:t>
+49088,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8878,51 +8896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8050,0</w:t>
+14050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9714,51 +9732,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5050,0</w:t>
+11050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9923,51 +9941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5050,0</w:t>
+11050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10132,51 +10150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4700,0</w:t>
+10700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>