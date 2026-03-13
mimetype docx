--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4efe271" w14:textId="4efe271">
+    <w:p w14:paraId="d6c2b0f" w14:textId="d6c2b0f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -390,88 +390,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 60 920,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 85 855,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 300,0 тысяч тенге;</w:t>
+      налоговые поступления – 8 837,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступления от продажи основного капитала – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 54 620,0 тысяч тенге;</w:t>
+      поступления трансфертов – 77 018,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 60 950,4 тысяч тенге;</w:t>
+      2) затраты – 93 042,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -607,87 +607,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0,0 тысяч  тенге;</w:t>
+      поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 30,4 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -7 187,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета -  30,4 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета -  7 187,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашения займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств –30,4 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств –7 187,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/9-VIII</w:t>
+        <w:t>№ 34/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1094,61 +1094,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карабасского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/9-VIII</w:t>
+        <w:t>№ 34/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1179,50 +1179,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1290,50 +1308,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1409,50 +1445,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1946,51 +2000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 920,0</w:t>
+85 855,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2123,51 +2177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 300,0</w:t>
+8 837,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2300,51 +2354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 950,0</w:t>
+3 137,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2477,51 +2531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 950,0</w:t>
+3 137,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2654,51 +2708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 100,0</w:t>
+5 490,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2831,51 +2885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180,0</w:t>
+143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3008,51 +3062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150,0</w:t>
+87,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3185,51 +3239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 050,0</w:t>
+4 315,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3362,51 +3416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-720,0</w:t>
+945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3539,51 +3593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250,0</w:t>
+210,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3644,51 +3698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3716,51 +3770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250,0</w:t>
+210,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4745,68 +4799,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4973,51 +5009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 620,0</w:t>
+77 018,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5150,51 +5186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 620,0</w:t>
+77 018,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5327,51 +5363,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 620,0</w:t>
+77 018,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5713,373 +5749,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-30,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-30,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 187,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6099,50 +6135,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 187,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6212,51 +6425,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30,4</w:t>
+7 187,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6680,51 +6893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-программа </w:t>
+Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -7080,51 +7293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 950,4</w:t>
+93 042,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7289,51 +7502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 621,0</w:t>
+71 111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7498,51 +7711,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 621,0</w:t>
+71 111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7707,51 +7920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 621,0</w:t>
+71 111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7916,51 +8129,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 953,0</w:t>
+49 554,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8125,51 +8338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 668,0</w:t>
+21 556,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8334,51 +8547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 299,0</w:t>
+19 899,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9170,51 +9383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 000,0</w:t>
+18 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9379,51 +9592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 000,0</w:t>
+18 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9588,51 +9801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 900,0</w:t>
+14 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10215,51 +10428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+2 002,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10424,51 +10637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+2 002,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10633,51 +10846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+2 002,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10892,302 +11105,302 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-30,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11342,160 +11555,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11583,128 +11796,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11824,128 +12037,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12070,51 +12287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12275,51 +12492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12480,51 +12697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12685,51 +12902,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12890,51 +13107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13095,87 +13312,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--30,4</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13300,87 +13517,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-7 187,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30,4</w:t>
+7 187,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39764,55 +40186,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>