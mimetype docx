--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4161334" w14:textId="4161334">
+    <w:p w14:paraId="8053b62" w14:textId="8053b62">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -340,192 +340,152 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Канонерского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложениям 1</w:t>
+        <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 52322,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 74 577,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 9 500,0 тысяч тенге;</w:t>
+      налоговые поступления – 10 300,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступления от продажи основного капитала – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 42 822,0 тысяч тенге;</w:t>
+      поступления трансфертов – 64 277,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 56 864,9 тысяч тенге;</w:t>
+      2) затраты – 79 119,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -589,87 +549,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0,0 тысяч  тенге;</w:t>
+      поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -4 542,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 4 542,9 тысяч тенге.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 4 542,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -707,61 +667,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/7-VIII</w:t>
+        <w:t>№ 32/7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1076,61 +1036,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Канонерского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/7-VIII</w:t>
+        <w:t>№ 32/7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1896,51 +1856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52322,0</w:t>
+74577,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2060,51 +2020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9500,0</w:t>
+10300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2583,51 +2543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5350,0</w:t>
+6150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3168,51 +3128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4720,0</w:t>
+5520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3312,50 +3272,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3489,50 +3467,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3666,50 +3662,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3843,50 +3857,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4020,50 +4052,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4374,50 +4424,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4551,50 +4619,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4728,50 +4814,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4892,84 +4996,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-42822,0</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5056,84 +5178,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-42822,0</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5251,84 +5391,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районных (городов областного значения) бюджетов</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-42822,0</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5428,50 +5586,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5605,50 +5781,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние государственные займы</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5782,50 +5976,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Договоры займа</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5959,50 +6171,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6136,50 +6366,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6311,50 +6559,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7214,51 +7480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56864,9</w:t>
+79119,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7390,84 +7656,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51809,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7599,84 +7883,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51809,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7808,84 +8110,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51809,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8017,502 +8337,538 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44309,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-10989,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-10989,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24989,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8532,196 +8888,214 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-10989,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24989,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8773,164 +9147,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6089,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24989,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9023,123 +9397,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-4200,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20089,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9232,363 +9624,626 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-700,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1800,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1800,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9687,50 +10342,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>