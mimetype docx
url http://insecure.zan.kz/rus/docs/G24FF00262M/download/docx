--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="25dd57b" w14:textId="25dd57b">
+    <w:p w14:paraId="dc1d338" w14:textId="dc1d338">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -350,51 +350,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Баскольского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -409,141 +409,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 151 536,4 тысяч тенге, в том числе:</w:t>
+      1) доходы – 156 931,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7 500,0 тысяч тенге;</w:t>
+      налоговые поступления – 11 245,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      неналоговые поступления – 0,0 тысяч тенге; </w:t>
+        <w:t>
+      неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      поступления от продажи основного капитала – 0,0 тысяч тенге; </w:t>
+        <w:t>
+      поступления от продажи основного капитала - 1 650,0 тыс.тенге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 144 036,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 191 455,4 тысяч тенге;</w:t>
+      2) затраты – 196 850,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -553,105 +553,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
-[...16 lines deleted...]
-        <w:t>
       4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
+      поступления от продажи финансовых активов государства – 0,0 тысяч  тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -39919,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -661,125 +643,125 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета –  39 919,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления займов – 0,0 тысяч тенге;</w:t>
+      поступления займов –0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашения займов – 0,0 тысяч тенге;</w:t>
+      погашения займов –0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 39 919,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бескарагайского районного маслихата области Абай от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/2-VIII</w:t>
+        <w:t>№ 32/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1094,61 +1076,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Баскольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 10.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бескарагайского районного маслихата области Абай от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/2-VIII</w:t>
+        <w:t>№ 32/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1179,68 +1161,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1308,68 +1272,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1445,68 +1391,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1968,51 +1896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-151536,4</w:t>
+156931,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2132,51 +2060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7500,0</w:t>
+11245,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2296,51 +2224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2310,0</w:t>
+4400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2491,51 +2419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2310,0</w:t>
+4400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2655,51 +2583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5040,0</w:t>
+6695,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3222,51 +3150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4075,0</w:t>
+5475,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3399,51 +3327,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-695,0</w:t>
+950,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4453,51 +4381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4630,51 +4558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4807,51 +4735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6482,68 +6410,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6611,68 +6521,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6748,68 +6640,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6917,68 +6791,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7117,71 +6973,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование расходов</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7320,102 +7155,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-191455,4</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+196850,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7580,51 +7397,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69368,0</w:t>
+74663,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7789,51 +7606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69368,0</w:t>
+74663,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7998,51 +7815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69368,0</w:t>
+74663,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8207,51 +8024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50849,0</w:t>
+56144,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8625,51 +8442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22414,0</w:t>
+22514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8834,51 +8651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22414,0</w:t>
+22514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9043,51 +8860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22414,0</w:t>
+22514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9252,51 +9069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7272,0</w:t>
+7372,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12559,68 +12376,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13192,68 +12991,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13825,68 +13606,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14046,68 +13809,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-            </w:r>
-[...16 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>