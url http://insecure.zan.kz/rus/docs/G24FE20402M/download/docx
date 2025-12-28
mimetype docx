--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b7f656" w14:textId="5b7f656">
+    <w:p w14:paraId="109567e" w14:textId="109567e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Мынбулакского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/483-VIII</w:t>
+        <w:t>№ 29/515-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66727,9</w:t>
+70075,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16939,0</w:t>
+19489,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4447,0</w:t>
+3729,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4447,0</w:t>
+3729,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5048,0</w:t>
+3642,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2594,51 +2594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60,0</w:t>
+66,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6,0</w:t>
+26,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1465,0</w:t>
+2053,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3517,0</w:t>
+1496,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7444,0</w:t>
+12116,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,89 +3479,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7444,0</w:t>
+12116,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3575,173 +3579,169 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Плата за пользование земельными участками</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7444,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3797,51 +3797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Неналоговые поступления</w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3874,51 +3874,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3973,162 +3973,162 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Поступления от продажи основного капитала</w:t>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+50586,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4150,88 +4150,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49788,9</w:t>
+50586,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4251,341 +4251,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49788,9</w:t>
-[...176 lines deleted...]
-49788,9</w:t>
+50586,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5409,51 +5232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71034,2</w:t>
+74382,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6663,51 +6486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13652,6</w:t>
+14985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6872,51 +6695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13652,6</w:t>
+14985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7081,51 +6904,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13652,6</w:t>
+14985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7499,51 +7322,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1405,6</w:t>
+6439,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7917,51 +7740,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3701,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8126,51 +7949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+12834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8335,51 +8158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+12834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8544,51 +8367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+12834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8753,51 +8576,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+11819,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1015,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>