--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8c388d3" w14:textId="8c388d3">
+    <w:p w14:paraId="b583892" w14:textId="b583892">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 34249,7 тысяч тенге, в том числе:</w:t>
+      1) доходы – 35758,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8109,0 тысяч тенге;</w:t>
+      налоговые поступления – 7009,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,87 +481,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 26140,7 тысяч тенге;</w:t>
+      поступления трансфертов – 28749,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты – 37397,0 тысяч тенге;</w:t>
+      2) затраты – 38905,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/480-VIII</w:t>
+        <w:t>№ 29/512-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майлинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/480-VIII</w:t>
+        <w:t>№ 29/512-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34249,7</w:t>
+35758,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8109,0</w:t>
+7009,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-997,0</w:t>
+845,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2127,164 +2127,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на собственность</w:t>
+Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4653,0</w:t>
+845,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2304,164 +2304,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на имущество</w:t>
+Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31,0</w:t>
+3019,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2522,123 +2522,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Земельный налог</w:t>
+Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39,0</w:t>
+28,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2699,123 +2699,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на транспортные средства</w:t>
+Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2514,0</w:t>
+5,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2876,123 +2876,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
+Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2069,0</w:t>
+2279,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3012,164 +3012,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
+Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2459,0</w:t>
+706,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3189,206 +3189,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2459,0</w:t>
+3143,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3402,202 +3398,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Неналоговые поступления</w:t>
+Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+3143,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3620,51 +3620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы от государственной собственности</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3720,128 +3720,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3865,61 +3865,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3933,92 +3929,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи основного капитала</w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4042,93 +4042,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4151,51 +4151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4251,93 +4251,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4396,61 +4396,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4464,202 +4460,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26140,7</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4681,88 +4681,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26140,7</w:t>
+28749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4782,82 +4782,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28749,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -4895,51 +5072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26140,7</w:t>
+28749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4982,68 +5159,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -5781,51 +5940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37397,0</w:t>
+38905,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5990,51 +6149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28354,9</w:t>
+29363,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6199,51 +6358,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28354,9</w:t>
+29363,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6408,51 +6567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28354,9</w:t>
+29363,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6617,51 +6776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27354,9</w:t>
+28354,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6826,51 +6985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+1008,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9125,51 +9284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1576,0</w:t>
+2076,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9334,51 +9493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1576,0</w:t>
+2076,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9543,51 +9702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1576,0</w:t>
+2076,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9752,51 +9911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1071,0</w:t>
+1571,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>