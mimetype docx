--- v1 (2025-12-28)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b583892" w14:textId="b583892">
+    <w:p w14:paraId="106652e" w14:textId="106652e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -330,51 +330,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Майлинского сельского округа на 2025-2027 годы согласно </w:t>
+      "1. Утвердить бюджет Майлинского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 35758,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 36951,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7009,0 тысяч тенге;</w:t>
+      налоговые поступления – 7729,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 28749,0 тысяч тенге;</w:t>
+      поступления трансфертов – 28222,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 38905,3 тысяч тенге;</w:t>
+      2) затраты – 40098,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/512-VIII</w:t>
+        <w:t>№ 31/551-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майлинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/512-VIII</w:t>
+        <w:t>№ 31/551-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35758,0</w:t>
+36951,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7009,0</w:t>
+7729,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3019,4</w:t>
+3348,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2279,7</w:t>
+2355,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-706,0</w:t>
+959,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3143,7</w:t>
+3534,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3143,7</w:t>
+3534,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4187,51 +4187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4260,51 +4260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4328,87 +4328,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4505,129 +4505,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4641,202 +4637,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28749,0</w:t>
+4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4858,88 +4858,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28749,0</w:t>
+28222,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4959,82 +4959,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28222,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -5072,51 +5249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28749,0</w:t>
+28222,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5159,50 +5336,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -5940,51 +6135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38905,3</w:t>
+40098,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6149,51 +6344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29363,2</w:t>
+293341,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6358,51 +6553,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29363,2</w:t>
+29341,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6567,51 +6762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29363,2</w:t>
+29341,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6776,51 +6971,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28354,9</w:t>
+28333,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9284,51 +9479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2076,0</w:t>
+1571,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9493,51 +9688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2076,0</w:t>
+1571,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9702,51 +9897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2076,0</w:t>
+1571,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10120,51 +10315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-505,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11165,51 +11360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,1</w:t>
+1722,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11374,51 +11569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,1</w:t>
+1722,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11583,51 +11778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,1</w:t>
+1722,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11793,50 +11988,259 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1720,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39931,55 +40335,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>