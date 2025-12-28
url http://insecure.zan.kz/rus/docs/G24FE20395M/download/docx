--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4c5676c" w14:textId="4c5676c">
+    <w:p w14:paraId="8db16da" w14:textId="8db16da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 72974,1 тысяч тенге, в том числе:</w:t>
+      1) доходы – 80812,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 5623,7 тысяч тенге;</w:t>
+      налоговые поступления – 7448,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,87 +481,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 67350,4тысяч тенге;</w:t>
+      поступления трансфертов – 73364,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты – 74491,6 тысяч тенге;</w:t>
+      2) затраты – 82330,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/476-VIII</w:t>
+        <w:t>№ 29/508-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карагашского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/476-VIII</w:t>
+        <w:t>№ 29/508-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72974,1</w:t>
+80812,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5623,7</w:t>
+7448,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1206,0</w:t>
+3382,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1206,0</w:t>
+3382,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2869,0</w:t>
+1868,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1305,0</w:t>
+304,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1548,7</w:t>
+2197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1548,7</w:t>
+2197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4718,51 +4718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67350,4</w:t>
+73364,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4895,51 +4895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67350,4</w:t>
+73364,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5072,51 +5072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67350,4</w:t>
+73364,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5728,79 +5728,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5959,51 +5940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74491,6</w:t>
+82330,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6168,51 +6149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35856,3</w:t>
+37846,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6377,51 +6358,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35856,3</w:t>
+37846,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6586,51 +6567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35856,3</w:t>
+37846,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6795,51 +6776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34856,3</w:t>
+36839,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7213,51 +7194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22828,7</w:t>
+30841,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7422,51 +7403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16128,0</w:t>
+17694,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7631,51 +7612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16128,0</w:t>
+17694,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7840,51 +7821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16128,0</w:t>
+17694,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8049,51 +8030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6700,7</w:t>
+12787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8258,51 +8239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6700,7</w:t>
+12787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8467,51 +8448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2576,2</w:t>
+1735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8676,51 +8657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+11052,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9094,51 +9075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4124,5</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9303,51 +9284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15796,1</w:t>
+13992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9512,51 +9493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15796,1</w:t>
+13992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9721,51 +9702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15796,1</w:t>
+13992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9930,51 +9911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15796,1</w:t>
+13992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>