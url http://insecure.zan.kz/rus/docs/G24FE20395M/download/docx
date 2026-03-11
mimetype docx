--- v1 (2025-12-28)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8db16da" w14:textId="8db16da">
+    <w:p w14:paraId="c50cffa" w14:textId="c50cffa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 80812,9 тысяч тенге, в том числе:</w:t>
+      1) доходы – 80631,1 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7448,7 тысяч тенге;</w:t>
+      налоговые поступления – 7581,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 73364,2 тысяч тенге;</w:t>
+      поступления трансфертов – 73049,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 82330,4 тысяч тенге;</w:t>
+      2) затраты – 82148,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/508-VIII</w:t>
+        <w:t>№ 31/547-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карагашского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/508-VIII</w:t>
+        <w:t>№ 31/547-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80812,9</w:t>
+80631,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7448,7</w:t>
+7581,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3382,4</w:t>
+3515,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3382,4</w:t>
+3515,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4718,51 +4718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73364,2</w:t>
+73049,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4895,51 +4895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73364,2</w:t>
+73049,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5072,51 +5072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73364,2</w:t>
+73049,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5940,51 +5940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82330,4</w:t>
+82148,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6149,51 +6149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37846,9</w:t>
+37532,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6358,51 +6358,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37846,9</w:t>
+37532,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6567,51 +6567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37846,9</w:t>
+37532,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6776,51 +6776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36839,9</w:t>
+36525,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6985,51 +6985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+1007,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7194,51 +7194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30841,0</w:t>
+30281,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7403,51 +7403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17694,0</w:t>
+17494,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7612,51 +7612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17694,0</w:t>
+17494,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7821,51 +7821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17694,0</w:t>
+17494,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10956,51 +10956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10,5</w:t>
+343,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11165,51 +11165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10,5</w:t>
+343,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11374,51 +11374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10,5</w:t>
+343,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11584,50 +11584,295 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39304,55 +39549,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>