--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d495970" w14:textId="d495970">
+    <w:p w14:paraId="221b793" w14:textId="221b793">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,159 +409,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы –160515,5 тысяч тенге, в том числе:</w:t>
+      1) доходы –173333,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 72812,0 тысяч тенге;</w:t>
+      налоговые поступления – 71333,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 14700,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 87703,5 тысяч тенге;</w:t>
+      поступления трансфертов – 87300,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты – 185893,3 тысяч тенге;</w:t>
+      2) затраты – 198711,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/467-VIII</w:t>
+        <w:t>№ 29/499-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Актогайского поселкового округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/467-VIII</w:t>
+        <w:t>№ 29/499-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160515,5</w:t>
+173333,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72812,0</w:t>
+71333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20503,0</w:t>
+20682,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29950,0</w:t>
+28471,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29950,0</w:t>
+28471,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4541,51 +4541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+14700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4718,51 +4718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+14700,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4913,51 +4913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+14700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5090,51 +5090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87703,5</w:t>
+87300,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5267,51 +5267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87703,5</w:t>
+87300,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5444,51 +5444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87703,5</w:t>
+87300,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6312,51 +6312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185893,3</w:t>
+198711,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6521,51 +6521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52708,0</w:t>
+53937,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6730,51 +6730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52708,0</w:t>
+53937,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6939,51 +6939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52708,0</w:t>
+53937,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7148,51 +7148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51918,0</w:t>
+53147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7566,51 +7566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96443,5</w:t>
+67851,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7775,51 +7775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96443,5</w:t>
+67851,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7984,51 +7984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96443,5</w:t>
+67851,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8193,51 +8193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41031,5</w:t>
+39655,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8820,51 +8820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55412,0</w:t>
+28195,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9029,51 +9029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36741,8</w:t>
+38925,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9238,51 +9238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36741,8</w:t>
+38925,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9447,51 +9447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36741,8</w:t>
+38925,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9656,51 +9656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36065,0</w:t>
+37065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9865,51 +9865,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-676,8</w:t>
+1860,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11465,123 +11465,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-0,0</w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетнве изъятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37997,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11665,92 +11665,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-III. Чистое бюджетное кредитование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11870,128 +11874,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37997,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12116,51 +12124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12321,51 +12329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12526,51 +12534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12731,51 +12739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12936,87 +12944,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--25377,8</w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13141,87 +13149,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-25377,8</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13346,87 +13354,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-25377,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13551,87 +13559,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение займов</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25377,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13651,196 +13659,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-25377,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13892,164 +13896,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-25377,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14069,50 +14069,468 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25377,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25377,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14220,71 +14638,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25377,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>