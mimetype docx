--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="221b793" w14:textId="221b793">
+    <w:p w14:paraId="d2d309b" w14:textId="d2d309b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,141 +409,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы –173333,3 тысяч тенге, в том числе:</w:t>
+      1) доходы –182636,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 71333,0 тысяч тенге;</w:t>
+      налоговые поступления – 78472,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 14700,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 16861,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 87300,3 тысяч тенге;</w:t>
+      поступления трансфертов – 87303,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 198711,1 тысяч тенге;</w:t>
+      2) затраты – 208014,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/499-VIII</w:t>
+        <w:t>№ 31/538-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Актогайского поселкового округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/499-VIII</w:t>
+        <w:t>№ 31/538-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173333,3</w:t>
+182636,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71333,0</w:t>
+78472,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20896,0</w:t>
+25396,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20896,0</w:t>
+25396,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21966,0</w:t>
+25524,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-860,0</w:t>
+1164,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20682,0</w:t>
+23936,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28471,0</w:t>
+27552,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28471,0</w:t>
+27552,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4541,51 +4541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14700,0</w:t>
+16861,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4718,69 +4718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14700,0</w:t>
-[...17 lines deleted...]
- </w:t>
+16861,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4913,51 +4895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14700,0</w:t>
+16861,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5190,57 +5172,79 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5363,61 +5367,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6312,51 +6312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-198711,1</w:t>
+20804,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6521,51 +6521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53937,0</w:t>
+54849,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6730,51 +6730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53937,0</w:t>
+54849,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6939,51 +6939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53937,0</w:t>
+54849,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7148,51 +7148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53147,0</w:t>
+54072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7357,51 +7357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-790,0</w:t>
+777,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7566,51 +7566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67851,2</w:t>
+48035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7775,51 +7775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67851,2</w:t>
+48035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7984,51 +7984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67851,2</w:t>
+48035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8193,51 +8193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39655,6</w:t>
+21874,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8820,51 +8820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28195,6</w:t>
+26160,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9029,51 +9029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38925,8</w:t>
+38847,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9238,51 +9238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38925,8</w:t>
+38847,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9447,51 +9447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38925,8</w:t>
+38847,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9865,51 +9865,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1860,8</w:t>
+1782,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10910,51 +10910,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+66282,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11119,51 +11119,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+66282,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11328,51 +11328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+66282,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11465,123 +11465,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-043</w:t>
-[...71 lines deleted...]
-37997,1</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11674,259 +11674,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...207 lines deleted...]
-              <w:t>
 051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11955,51 +11746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37997,1</w:t>
+66282,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -41256,55 +41047,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>