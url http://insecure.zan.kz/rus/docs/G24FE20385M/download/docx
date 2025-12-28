--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6332188" w14:textId="6332188">
+    <w:p w14:paraId="98b6b16" w14:textId="98b6b16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,159 +409,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 1 675 408,4 тысяч тенге, в том числе:</w:t>
+      1) доходы – 1 631 142,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 662 098,0 тысяч тенге;</w:t>
+      налоговые поступления – 624 841,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0,0 тысяч тенге;</w:t>
+      неналоговые поступления – 223,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 5 915,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 20 332,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –1 007 395,4 тысяч тенге;</w:t>
+      поступления трансфертов –985 745,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты-1 675 408,4 тысяч тенге;</w:t>
+      2) затраты-1 642 982,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/466-VIII</w:t>
+        <w:t>№ 29/498-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Аягоз на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/466-VIII</w:t>
+        <w:t>№ 29/498-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1675408,4</w:t>
+1631142,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-662098,0</w:t>
+624841,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-491792,0</w:t>
+446520,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-491792,0</w:t>
+446520,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152304,0</w:t>
+160804,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2594,51 +2594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6541,0</w:t>
+6496,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15293,0</w:t>
+9694,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-128910,0</w:t>
+144486,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1560,0</w:t>
+128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18002,0</w:t>
+17517,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,93 +3479,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16774,0</w:t>
+15774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3579,202 +3575,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Неналоговые поступления</w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1743,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3797,87 +3797,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы от государственной собственности</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+223,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3897,128 +3897,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4042,61 +4042,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4110,128 +4106,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи основного капитала</w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5915,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4260,51 +4260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
+02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4328,51 +4328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4428,206 +4428,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и во внебюджетные фонды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4641,128 +4637,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Административные штрафы, пени, санкции, взыскания, налагаемые акимами города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1007395,4</w:t>
+43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4791,51 +4791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4859,87 +4859,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1007395,4</w:t>
+180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5000,123 +5000,1708 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20332,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+529,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+529,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19803,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17742,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2060,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+985745,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+985745,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1007395,4</w:t>
+985745,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5728,79 +7313,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5959,51 +7525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1675408,4</w:t>
+1642982,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6168,51 +7734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136685,8</w:t>
+160300,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6377,51 +7943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136685,8</w:t>
+160300,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6586,51 +8152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136685,8</w:t>
+160300,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6795,51 +8361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136231,8</w:t>
+159776,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7004,51 +8570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-454,0</w:t>
+524,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7213,51 +8779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-454312,8</w:t>
+431909,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8049,51 +9615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-454312,8</w:t>
+431909,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8258,51 +9824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-454312,8</w:t>
+431909,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8467,51 +10033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217539,1</w:t>
+207539,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8676,51 +10242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115965,4</w:t>
+98593,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8885,51 +10451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290,0</w:t>
+160,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9094,51 +10660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-120518,3</w:t>
+125617,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9303,51 +10869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1072569,8</w:t>
+1038931,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9512,51 +11078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1072569,8</w:t>
+1038931,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9721,51 +11287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1072569,8</w:t>
+1038931,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9930,51 +11496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-494810,0</w:t>
+463172,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10139,51 +11705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-577759,8</w:t>
+575759,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>