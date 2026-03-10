--- v1 (2025-12-28)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="98b6b16" w14:textId="98b6b16">
+    <w:p w14:paraId="882a54a" w14:textId="882a54a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,141 +409,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1 631 142,4 тысяч тенге, в том числе:</w:t>
+      1) доходы – 1691013,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 624 841,7 тысяч тенге;</w:t>
+      налоговые поступления – 636870,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 223,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 20 332,3 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 32219,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –985 745,4 тысяч тенге;</w:t>
+      поступления трансфертов – 1021700,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты-1 642 982,4 тысяч тенге;</w:t>
+      2) затраты-1702853,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/498-VIII</w:t>
+        <w:t>№ 31/537-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Аягоз на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/498-VIII</w:t>
+        <w:t>№ 31/537-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1631142,4</w:t>
+1691013,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-624841,7</w:t>
+636870,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-446520,4</w:t>
+453642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-446520,4</w:t>
+453642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160804,3</w:t>
+165711,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144486,2</w:t>
+149393,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4428,61 +4428,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5249,51 +5245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20332,3</w:t>
+32219,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5772,51 +5768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19803,3</w:t>
+31690,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5949,51 +5945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17742,9</w:t>
+29629,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6303,51 +6299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-985745,4</w:t>
+1021700,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6480,51 +6476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-985745,4</w:t>
+1021700,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6657,51 +6653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-985745,4</w:t>
+1021700,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7525,51 +7521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1642982,4</w:t>
+1702853,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7734,51 +7730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160300,8</w:t>
+137037,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7943,51 +7939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160300,8</w:t>
+137037,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8152,51 +8148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160300,8</w:t>
+137037,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8361,51 +8357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159776,8</w:t>
+134561,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8570,51 +8566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-524,0</w:t>
+2476,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8779,51 +8775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431909,8</w:t>
+519391,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8979,61 +8975,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -9615,51 +9607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431909,8</w:t>
+519391,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9824,51 +9816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431909,8</w:t>
+519391,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10033,51 +10025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207539,1</w:t>
+282578,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10242,51 +10234,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98593,4</w:t>
+113577,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10660,51 +10652,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125617,3</w:t>
+123 075,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10869,51 +10861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1038931,8</w:t>
+1016254,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11078,51 +11070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1038931,8</w:t>
+1016254,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11287,51 +11279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1038931,8</w:t>
+1016254,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11496,51 +11488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-463172,0</w:t>
+440466,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11705,51 +11697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-575759,8</w:t>
+575787,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42932,55 +42924,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>