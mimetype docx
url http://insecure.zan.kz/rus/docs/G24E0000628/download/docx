--- v0 (2025-12-18)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="74ed5d1" w14:textId="74ed5d1">
+    <w:p w14:paraId="691b316" w14:textId="691b316">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил и сроков реализации пилотного проекта по модернизации и совершенствованию оказания государственной услуги "Возврат налога на добавленную стоимость из бюджета" ("Цифровой НДС")</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Совместный приказ Министра финансов Республики Казахстан от 16 сентября 2024 года № 628 и Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 23 сентября 2024 года № 575/НҚ</w:t>
+        <w:t>Совместный приказ Министра финансов Республики Казахстан от 16 сентября 2024 года № 628 и Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 23 сентября 2024 года № 575/НҚ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -337,54 +337,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение пяти рабочих дней со дня подписания настоящего совместного приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с даты введения в действие настоящего приказа по 31 декабря 2025 года.</w:t>
+      3. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с даты введения в действие настоящего приказа по 31 декабря 2026 года включительно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции совместного приказа Министра финансов РК от 01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 740</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 03.12.2025 № 612/НҚ (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 07.10.2024 и действует по 31.12.2026 включительно).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1631,904 +1693,1073 @@
         <w:t>
       4) БВУ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открывает цифровой счет налогоплательщика-участника пилотного проекта в Системе цифрового тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет прием, переводы и платежи в цифровых тенге с использованием цифрового счета налогоплательщика-участника пилотного проекта в Системе цифрового тенге путем направления запроса Оператору Системы цифрового тенге в соответствии с Правилами функционирования Системы цифрового тенге; осуществляет переводы в цифровом тенге от клиента в бюджет по налоговым обязательствам по НДС;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит, подписывает и осуществляет валидацию транзакции между налогоплательщиками-участниками пилотного проекта и платежей в бюджет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      маркирует цифровые тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверяет клиентские подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хранит истории транзакции цифрового тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) КК открывает цифровой счет КГД на основании заявки на открытие цифрового счета в Системе цифрового тенге для обеспечения платежей в бюджет по НДС налогоплательщиков-участников пилотного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) органы государственных доходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставляют разъяснения по вопросам, связанным с проведением настоящего пилотного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      передают в Систему цифрового тенге сведения из информационных систем органов государственных доходов, связанных с реализацией пилотного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обрабатывают данные платежей, проведенных между налогоплательщиками-участниками пилотного проекта и их платежей в бюджет, полученные из Системы цифрового тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подтверждают и осуществляют возврат суммы превышения НДС в рамках реализации пилотного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае если по основному/исправленному ЭСФ произведена оплата НДС в цифровом тенге, в течение 10 (десяти) календарных дней аннулируют исправленные и дополнительные ЭСФ, выписанные на уменьшение стоимости товара и суммы НДС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при отсутствии оплаты НДС в цифровом тенге разрешают отзыв ЭСФ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае если НДС оплачен получателем, но не возвращен поставщиком НДС в цифровом тенге, запрещают отзыв ЭСФ.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...174 lines deleted...]
-      передают в Систему цифрового тенге сведения из информационных систем органов государственных доходов, связанных с реализацией пилотного проекта;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным совместным приказом Министра финансов РК от 01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 740</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 03.12.2025 № 612/НҚ (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 07.10.2024 и действует по 31.12.2026 включительно).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок и сроки реализации пилотного проекта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...63 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Согласием на участие налогоплательщика в настоящем пилотном проекте является открытие БВУ в Системе цифрового тенге налогоплательщику-участнику пилотного проекта цифрового счета и подтверждение платежа в цифровых тенге в соответствии с процедурой, указанной в пункте 8 Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом между налогоплательщиком - участником пилотного проекта и органом государственных доходов на бумажном носителе подписывается соглашение о согласии на передачу (обмен) данных (сведений), используемых в рамках настоящего пилотного проекта между участниками пилотного проекта, указанными в подпунктах 1), 2), 4), 5), 6) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Налогоплательщик становится участником пилотного проекта с момента подтверждение платежа в цифровых тенге в соответствии с процедурой, указанной в пункте 8 Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Налогоплательщик-участник пилотного проекта для пополнения цифрового счета в Системе цифрового тенге приобретает цифровые тенге за счет денежных средств на текущем банковском счете. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчеты по приобретенным товарам между налогоплательщиками-участниками пилотного проекта, осуществляются путем использования цифровых счетов в Системе цифрового тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Налогоплательщик-участник пилотного проекта, для перечисления денег со своего цифрового счета на цифровой счет поставщика товаров, в платежном документе, указывает регистрационный номер соответствующего ЭСФ. При этом налогоплательщик-участник пилотного проекта обеспечивает автоматическое формирование платежных документов в бухгалтерской системе или через интерфейсы каналов дистанционного банковского обслуживания БВУ.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении платежа, в котором указан регистрационный номер ЭСФ, производится маркировка цифровых тенге на часть платежа (на сумму НДС в ЭСФ), устанавливающая ограничение их расходования на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оплату НДС в бюджет на коды бюджетной классификации (далее – КБК) 105101, 105102, 105104, 105115;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оплату НДС в платеже с привязкой к ЭСФ другому плательщику НДС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для перечисления денег со своего цифрового счета в бюджет на КБК 105102 в платежном документе налогоплательщик - участник пилотного проекта указывает номер декларации на товары, на КБК 105104 – регистрационный номер ЭСФ, на КБК 105115 – регистрационный номер сопроводительной накладной на товары на импорт или номер и дата заявления о ввозе товаров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении предоплаты на основании электоронного договора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в платежном поручении налогоплательщик - участник пилотного проекта (покупатель) указывает номер электоронного договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в ЭСФ указывается номер и дата электоронного договора.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечисление НДС в бюджет осуществляется на цифровой счет КГД по распоряжению клиента БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КГД перечисляет суммы НДС в цифровом тенге с цифрового счета КГД на цифровой счет КК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       КК в Системе цифрового тенге направляет запрос на погашение цифрового тенге на сумму, равную сумме, перечисленной с цифрового счета КГД. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НБ после получения от АО "НПК" соответствующего реестра для погашения цифровых денег и платежного сообщения, сформированного на основании запроса КК, осуществляет погашение цифровых тенге путем зачисления суммы погашенных цифровых тенге на Единый казначейский счет, а также передает выписку по счету обязательств по выпущенным электронным деньгам в АО "НПК".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласием налогоплательщика-участника пилотного проекта на маркировку цифровых тенге в пилотном проекте является подтверждение платежа, привязанного к ЭСФ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции совместного приказа Министра финансов РК от 01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 740</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 03.12.2025 № 612/НҚ (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 07.10.2024 и действует по 31.12.2026 включительно).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Система цифрового тенге при получении платежного документа налогоплательщика-участника пилотного проекта осуществляет его проверку на правильность привязки платежа к соответствующему ЭСФ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z77" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае положительного результата прохождения проверки формируется сообщение-ответ со статусом "Платежный документ подтвержден" и направляется в БВУ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z78" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отрицательного результата прохождения проверки формируется сообщение-ответ со статусом "Платежный документ не подтвержден" и направляется в БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z79" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. БВУ получает платежный документ и исполняет его путем перечисления цифровых тенге с цифрового счета налогоплательщика-участника пилотного проекта на цифровой счет налогоплательщика-поставщика товаров, участвующего в пилотном проекте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z80" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае наличия статуса "Платежный документ не подтвержден" направляется сообщение налогоплательщику-участнику пилотного проекта по данному статусу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z81" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Налогоплательщик-участник пилотного проекта по своему усмотрению конвертирует немаркированные цифровые тенге на свой текущий счет в БВУ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z82" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок возврата суммы превышения НДС</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В рамках оказания государственной услуги "Возврат налога на добавленную стоимость из бюджета" ("Цифровой НДС") право на возврат суммы превышения НДС в порядке, установленном настоящими Правилами, имеют следующие налогоплательщики-участники пилотного проекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z84" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализующие товары на экспорт, за исключением производителей экспортируемых товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z85" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализующие горюче-смазочные материалы иностранным авиакомпаниям, выполняющим международные полеты, международные воздушные перевозки, для заправки воздушных судов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Способами предоставления государственной услуги (каналы доступа) является прием заявлений и выдача результата оказания государственной услуги, осуществляемой органами государственных доходов посредством веб-портала "электронного правительства" и (или) информационных систем КГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная услуга оказывается на бесплатной основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Возврат суммы превышения НДС производится в течение пятнадцати рабочих дней после истечения последней даты, установленной Налоговым кодексом для представления в органы государственных доходов декларации по НДС за налоговый период, в которой указано требование о возврате суммы превышения НДС в соответствии с главами 48 и 49 Налогового кодекса, без проведения налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае продления срока представления налоговой отчетности по НДС в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2543,212 +2774,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 212 Налогового кодекса, возврат превышения суммы НДС производится с учетом периода продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Возврат суммы превышения НДС осуществляется налогоплательщикам-участникам пилотного проекта, указанным в пункте 12 настоящих Правил, в части суммы превышения НДС, сложившегося по приобретенным (полученным) товарам от их непосредственных поставщиков, расчет суммы НДС по которым произведен с использованием цифровых счетов в Системе цифрового тенге, и использованных в целях оборотов, облагаемых по нулевой ставке, а также при условии исполнения непосредственными поставщиками налоговых обязательств по представлению декларации по НДС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Подтверждение достоверности суммы превышения НДС, предъявленной к возврату, производится на основании данных, имеющихся в информационных системах органов государственных доходов и НБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам камерального контроля составляется заключение по результатам камерального контроля по подтверждению достоверности суммы превышения НДС, предъявленных к возврату, по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Заключение), в котором отражается подтвержденная сумма НДС к возврату и остаток суммы НДС не подтвержденной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение составляется в количестве двух экземпляров и подписывается должностными лицами органа государственных доходов. Один экземпляр Заключения вручается налогоплательщику-участнику пилотного проекта, указанному в пункте 12 настоящих Правил, не позднее 1 (одного) рабочего дня после его составления, который ставит отметку на другом экземпляре о получении Заключения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z94" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неявки налогоплательщика-участника пилотного проекта, указанного в пункте 12 настоящих Правил, один экземпляр Заключения направляется ему по почте заказным письмом с уведомлением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом возврат суммы превышения НДС осуществляется налогоплательщику-участнику пилотного проекта в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса на его банковский счет в национальной валюте – тенге посредством Межбанковской системы переводов денег без использования Системы цифрового тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае не подтверждения достоверности суммы превышения НДС налогоплательщику-участнику пилотного проекта, направляется письмо об отсутствии права на возврат превышения НДС и о праве применения ими порядка возврата превышения НДС, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2783,305 +3014,289 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>432</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение, предусмотренное настоящими Правилами, не подлежит обжалованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Результатом оказания государственной услуги "Возврат налога на добавленную стоимость из бюджета" ("Цифровой НДС") при возврате превышения сумм НДС является:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) зачет превышения суммы НДС в счет погашения имеющейся налоговой задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z100" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) зачет суммы превышения НДС в счет предстоящих платежей по иным видам налогов и платежей (по требованию), при отсутствии налоговой задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z101" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) возврат оставшейся суммы превышения НДС на банковский счет налогоплательщика при отсутствии налоговой задолженности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z102" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z103" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При применении порядка возврата превышения НДС, предусмотренного статьями 429 и 431 Налогового кодека аналитический отчет "Пирамида" не формируется в отношении непосредственных поставщиков, использующих цифровой счет только в той части суммы НДС, сложившегося по приобретенным товарам, расчет за которые произведен с использованием цифрового тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="93"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z104" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Положения настоящей Главы не применяются при возврате превышения НДС налогоплательщикам-участникам пилотного проекта в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z105" w:id="94"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z105" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Заключительное положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z106" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Вопросы, возникающие в ходе пилотного проекта, рассматриваются Рабочей группой по вопросам пилотного проекта, организация и порядок деятельности которой утверждается КГД. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z107" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты заседания Рабочей группы оформляются протоколом, обязательным для заинтересованных участников пилотного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3277,759 +3492,759 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение по результатам камерального контроля по подтверждению достоверности суммы превышения налога на добавленную стоимость, предъявленных к возврату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___"__________ 20 __ года №______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 68 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и Правилами и сроками реализации пилотного проекта по модернизации и совершенствованию оказания государственной услуги "Возврат налога на добавленную стоимость из бюджета" ("Цифровой НДС") (далее – Пилотный проект)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z113" w:id="91"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование органа государственных доходов (далее – ОГД))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проведен камеральный контроль</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z115" w:id="93"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) или полное  наименование налогоплательщика)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z116" w:id="103"/>
+      <w:bookmarkStart w:name="z116" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (индивидуальный идентификационный номер/  бизнес-идентификационный номер (ИИН/БИН))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по вопросам подтверждения достоверности сумм превышения налога на добавленную стоимость (далее – НДС), предъявленных к возврату в рамках Пилотного проекта за налоговый период:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z118" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с "_____" ___________ 20 ____ года по "_____" ___________ 20 ____года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z119" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сведения о налогоплательщике: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z121" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о государственной регистрации/перерегистрации юридических лиц/о регистрации индивидуального предпринимателя: _____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z122" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z123" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организационно-правовая форма: ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z124" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вид собственности: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z125" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) состоит на учете: __________________________ код ОГД: ___________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:p>
-[...32 lines deleted...]
-      по вопросам подтверждения достоверности сумм превышения налога на добавленную стоимость (далее – НДС), предъявленных к возврату в рамках Пилотного проекта за налоговый период:</w:t>
+    <w:bookmarkStart w:name="z126" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) свидетельство налогоплательщика _______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z118" w:id="105"/>
-[...15 lines deleted...]
-      с "_____" ___________ 20 ____ года по "_____" ___________ 20 ____года</w:t>
+    <w:bookmarkStart w:name="z127" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) состоит на учете по НДС: _______________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z119" w:id="106"/>
-[...15 lines deleted...]
-      1. Сведения о налогоплательщике: ______________________________________</w:t>
+    <w:bookmarkStart w:name="z128" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) свидетельство о постановке на учет по НДС: _______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z120" w:id="107"/>
-[...15 lines deleted...]
-      ____________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z129" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дата постановки на учет по НДС: "_____" ______________ 20 ____года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z121" w:id="108"/>
-[...15 lines deleted...]
-      1) о государственной регистрации/перерегистрации юридических лиц/о регистрации индивидуального предпринимателя: _____</w:t>
+    <w:bookmarkStart w:name="z130" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) адрес налогоплательщика (юридический):_________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z122" w:id="109"/>
-[...15 lines deleted...]
-      ____________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z131" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z123" w:id="110"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="119"/>
+    <w:bookmarkStart w:name="z132" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) основной (фактический) вид деятельности согласно Общему классификатору видов экономической деятельности (ОКЭД): </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z133" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z134" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сведения о банковских счетах: ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим камеральным контролем установлено следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z139" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сумма превышения НДС, подтвержденная к возврату: _______________тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z141" w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________ __________ ________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z133" w:id="120"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             Должность       (подпись)       (фамилия, имя, отчество работника </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4060,64 +4275,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             государственных доходов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z142" w:id="129"/>
+      <w:bookmarkStart w:name="z142" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________ __________ _______________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             Руководитель (подпись)       (фамилия, имя, отчество ответственного </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4125,147 +4340,147 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             управления                   (при его наличии)) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             органа государственных доходов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:bookmarkStart w:name="z143" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение получил(-а):__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), должность, подпись и дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:bookmarkStart w:name="z145" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение отправлено налогоплательщику: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z146" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (документ, подтверждающий факт отправки и (или) получения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
@@ -4288,55 +4503,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>