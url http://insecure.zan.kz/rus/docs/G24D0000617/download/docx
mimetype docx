--- v0 (2025-11-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebf8750" w14:textId="ebf8750">
+    <w:p w14:paraId="bff1936" w14:textId="bff1936">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,386 +100,443 @@
         </w:rPr>
         <w:t>Об утверждении положений республиканского государственного учреждения "Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан", республиканского государственного учреждения "Комитет принудительного исполнения Министерства юстиции Республики Казахстан", республиканское государственное учреждение "Комитет регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра юстиции Республики Казахстан от 22 июля 2024 года № 617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...9 lines deleted...]
-      В соответствии с </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 июля 2024 года № 552 "О некоторых вопросах Министерства юстиции Республики Казахстан" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Утвердить прилагаемые:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовое положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканского государственного учреждения "Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканского государственного учреждения "Комитет принудительного исполнения Министерства юстиции Республики Казахстан" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканского государственного учреждения "Комитет регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитетам по правам интеллектуальной собственности, принудительного исполнения, регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в течение десяти календарных дней со дня утверждения настоящего приказа на государственном и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства юстиции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующих вице-министров юстиции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие со дня его подписания.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...299 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -507,71 +564,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр юстиции </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -605,50 +644,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А.Н. Ескараев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -792,2758 +852,3519 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июля 2024 года № 617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения  "Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z18" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...280 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Комитета</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Республиканское государственное учреждение "Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан" (далее – Комитет) является ведомством Министерства юстиции Республики Казахстан (далее – Министерство), осуществляющим регулятивные, реализационные и контрольные функции в сфере охраны и защиты прав интеллектуальной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Комитет осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Комитет является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Комитет вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Комитет имеет право выступать стороной гражданско-правовых отношений от имени государства, если он уполномочен на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Комитет по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами Председателя Комитета и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Структура и лимит штатной численности Комитета утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Местонахождение юридического лица: Республика Казахстан, 010000, город Астана, Есильский район, проспект Мәңгілік Ел, дом 8, административное здание "Дом министерств", подъезд 13.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Полное наименование – республиканское государственное учреждение "Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Настоящее Положение является учредительным документом Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Финансирование деятельности Комитета осуществляется из республиканского бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Комитету запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если Комитету законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...1820 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkStart w:name="z32" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус и полномочия председателя Комитета</w:t>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...360 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Задачи:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) выполнение регулятивных, реализационных и контрольных функций, а также участие в выполнении стратегических функций в сфере охраны и защиты прав интеллектуальной собственности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) участие в формировании национального законодательства, направленного на обеспечение верховенства прав и свобод человека и гражданина, суверенитета Республики Казахстан, устойчивое и поступательное развитие казахстанского общества и государства, путем участия в разработке и реализации общегосударственной стратегии развития, а также реализация регуляторной политики государства в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) осуществление производства по делам об административных правонарушениях в соответствии с законом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) осуществление иных задач, возложенных на него законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Права и обязанности:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в пределах своей компетенции разрабатывать обязательные для исполнения нормативные правовые акты, не затрагивающие прав и свобод человека и гражданина;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы на бумажном и (или) электронном носителях, а также от структурных, территориальных подразделений и подведомственных организаций Министерства информацию, документы, справки, отчеты, расчеты и другие материалы, необходимые для осуществления возложенных на Комитет функций и задач; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) вносить в пределах своей компетенции в государственные органы предложения об отмене или изменении принятых ими актов, нарушающих законодательство Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) проводить совещания, семинары, конференции, круглые столы, конкурсы и иные мероприятия по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) обеспечивать реализацию возложенных на Комитет задач и функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) соблюдать законодательство Республики Казахстан, права и охраняемые законом интересы физических и юридических лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) давать разъяснения и комментарии по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) участвовать в пределах компетенции в разработке проектов нормативных правовых актов и международных договоров Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) в пределах своей компетенции давать обязательные для исполнения указания территориальным органам и подведомственным организациям Министерства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) осуществлять контроль за деятельностью подведомственной организации Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) проводить анализ для выявления системных ошибок при рассмотрении обращений граждан и юридических лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) обеспечивать исполнительскую и трудовую дисциплину, надлежащие условия труда в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) обеспечивать своевременное и качественное исполнение поручений Главы государства, Администрации Президента и Правительства Республики Казахстан по вопросам, отнесенным к компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) проводить работу по разъяснению антикоррупционного законодательства и иных нормативных правовых актов по профилактике коррупционных правонарушений среди работников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) осуществлять управление переданным ему имуществом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) рассматривать обращения физических и юридических лиц по вопросам, входящим в компетенцию Комитета, в порядке и сроки, установленные Административным процедурно-процессуальным кодексом Республики и осуществлять прием граждан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) обращаться в суд, предъявлять иски в целях защиты прав и интересов Комитета в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Функции Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) выработка предложений по совершенствованию законодательства в области охраны и защиты прав интеллектуальной собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) участие в проведении научно-исследовательских и других работ в области правовой охраны и использования объектов интеллектуальной собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) международное сотрудничество по вопросам охраны и защиты прав интеллектуальной собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) осуществление межведомственной координации деятельности и методической помощи уполномоченным органам, а также заинтересованным организациям в области охраны и защиты прав интеллектуальной собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) мониторинг реализации уполномоченными органами и организациями государственной политики по охране и защите прав интеллектуальной собственности, включая соблюдение ими законодательства и исполнения международных договоров в данной сфере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) контроль за деятельностью организаций, управляющих имущественными правами на коллективной основе, патентных поверенных и взаимодействие с ними;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) осуществление контроля за деятельностью государственной организации, осуществляющей экспертизу в сфере патентного дела и регистрацию авторского права в официальных реестрах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) аккредитация организаций, управляющих имущественными правами на коллективной основе; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) осуществление государственного контроля в сфере государственной регистрации юридических лиц, прав на недвижимое имущество, за деятельностью организаций по коллективному управлению правами, а также за использованием объектов авторского права и смежных прав, товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) ведение законопроектной работы, совершенствование законодательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) установление и поддержка международных связей с соответствующими организациями иностранных государств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) проведение процедур публичного обсуждения консультативного документа регуляторной политики и проектов нормативных правовых актов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О правовых актах" в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) анализ и обобщение практики применения законодательства Республики Казахстан в сфере своей деятельности, в том числе результатов правового мониторинга нормативных правовых актов в соответствии с Законом Республики Казахстан "О правовых актах", и внесение соответствующих предложений по его совершенствованию, устранению причин и условий, способствующих нарушению законодательства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) участие в разъяснении законодательства, переговорных процессах по разрешению споров, проводимых уполномоченными государственными органами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) соблюдение и защита прав, свобод и законных интересов человека и гражданина, организаций и государств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) привлечение для осуществления законопроектных, экспертных, научно-исследовательских работ и консультаций специалистов и экспертов государственных органов, организаций, в том числе зарубежных, с использованием в этих целях бюджетных и иных средств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) оказание электронных услуг с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) в пределах компетенции представление информации по запросам государственных органов, наделенных контрольными и надзорными функциями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) соблюдение информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) внесение предложений по вопросам создания, реорганизации и ликвидации подведомственных организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) обеспечение повышения качества, доступности оказания государственных услуг, проведение внутреннего контроля за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) соблюдение законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) в пределах своей компетенции осуществление регулятивных, реализационных и контрольных функций, а также участие в выполнении стратегических функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) разработка проектов нормативных правовых актов в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1) реализация и контроль исполнения нормативных правовых актов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25) разработка подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг в регулируемой сфере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в порядке и сроки, установленные законодательством Республики Казахстан, а также проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-1) выработка предложений касательно наполнения веб-ресурсов Министерства на основе обращений граждан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) участие в установленном законодательством порядке в подготовке и заключении международных договоров о взаимной охране прав интеллектуальной собственности, подписании таких договоров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) реализация норм и положений международных договоров и соглашений по обеспечению защиты прав на интеллектуальную собственность;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29) разработка правил внесения топологий в Государственный реестр топологий интегральных микросхем и выдачи свидетельств о регистрации, удостоверений авторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30) разработка правил регистрации селекционных достижений в Государственном реестре селекционных достижений и выдачи охранных документов и их дубликатов, аннулирования и досрочного прекращения действия патентов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) разработка правил регистрации объектов промышленной собственности в Государственном реестре изобретений, Государственном реестре полезных моделей, Государственном реестре промышленных образцов и выдачи охранных документов и их дубликатов, признания недействительными и досрочного прекращения действия патентов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) разработка правил регистрации товарных знаков, географических указаний и наименований мест происхождения товаров в Государственных реестрах товарных знаков, географических указаний и наименований мест происхождения товаров и выдачи охранных документов и их дубликатов, прекращения действия регистрации и признания ее недействительной;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33) разработка правил регистрации в Государственном реестре топологий интегральных микросхем передачи исключительного права, предоставления права на использование топологий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) разработка правил регистрации в Государственном реестре селекционных достижений передачи исключительного права, предоставления права на использование селекционного достижения, открытую или принудительную лицензию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35) разработка правил регистрации в соответствующих Государственных реестрах передачи исключительного права, предоставления права на использование объекта промышленной собственности, открытую или принудительную лицензию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) разработка правил регистрации в Государственном реестре товарных знаков передачи исключительного права, предоставления права на использование товарного знака;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) разработка правил предоставления выписок из Государственных реестров селекционных достижений, изобретений, полезных моделей, промышленных образцов, товарных знаков, географических указаний, наименований мест происхождения товаров, топологий интегральных микросхем;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38) разработка порядка опубликования в бюллетене сведений, относящихся к регистрации селекционных достижений, объектов промышленной собственности, товарных знаков, географических указаний, наименований мест происхождения товаров, и о зарегистрированных топологиях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39) разработка правил рассмотрения заявок на объекты промышленной собственности, селекционные достижения, товарные знаки в соответствии с международными договорами, ратифицированными Республикой Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40) разработка правил экспертизы заявок о регистрации топологий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41) разработка правил проведения предварительной экспертизы заявок на селекционные достижения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) разработка правил проведения экспертизы заявок на объекты промышленной собственности, товарные знаки, географические указания, наименования мест происхождения товаров, регистрацию топологий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43) разработка правил проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре (реестрах) патентных поверенных и внесения в него (них) изменений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44) разработка положений о комиссии по вопросам деятельности патентных поверенных, апелляционном совете, апелляционной комиссии, комиссии по признанию товарного знака общеизвестным в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45) организация деятельности аттестационной комиссии, апелляционного совета, апелляционной комиссии и комиссии по признанию товарного знака общеизвестным в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46) разработка правил рассмотрения апелляционным советом возражений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47) аттестация лиц, претендующих на занятие деятельностью патентного поверенного, их регистрация в реестре патентных поверенных, исключение из реестра патентных поверенных, признание недействительным свидетельства патентного поверенного и аннулирование сведений в реестре патентных поверенных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">48) выработка предложений по установлению размера вознаграждения и условий его выплаты в случаях, предусмотренных пунктом 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пунктом 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об авторском праве и смежных правах";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) выработка предложений по установлению минимальных ставок авторского вознаграждения за некоторые виды использования произведений по согласованию с заинтересованными уполномоченными органами в сферах культуры, развития и поддержки частного предпринимательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50) выработка предложений по установлению минимальных ставок вознаграждения исполнителям и производителям фонограмм по согласованию с заинтересованными уполномоченными органами в сферах культуры, развития и поддержки частного предпринимательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) разработка инструкции по применению минимальных ставок авторского вознаграждения за некоторые виды использования произведений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) разработка инструкции по применению минимальных ставок вознаграждения исполнителям и производителям фонограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53) принятие мер по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54) составление протоколов об административных правонарушениях в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55) проведение правового мониторинга нормативных правовых актов, принятых Министерством, и (или) разработчиком которых оно является, либо относящихся к его компетенции, и своевременное принятие мер по внесению в них изменений и (или) дополнений или признанию их утратившими силу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56) осуществление анализа регуляторного воздействия в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>57) взаимодействие с центральными и местными государственными органами, в том числе с правоохранительными и контролирующими, а также с должностными лицами, при решении возложенных на него задач;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>58) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>59) выработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61) разработка положения об отраслевых советах по профессиональным квалификациям; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62) осуществление иных функций, предусмотренных законами, актами Президента и Правительства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) разработка квалификационных требований к организациям по коллективному управлению правами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) разработка Правил управления единой цифровой платформой в сфере коллективного управления правами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) разработка Правил и формы внесения в единую цифровую платформу сведений о собранном, распределенном, выплаченном вознаграждении, а также вознаграждении, направленном на покрытие расходов организации по коллективному управлению правами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) разработка Правил признания, товарного знака или используемого как товарный знак обозначения в качестве общеизвестного товарного знака в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) разработка Правил рассмотрения жалоб на решения комиссии по вопросам деятельности патентных поверенных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) принятие мер по противодействию теневой экономике в сфере интеллектуальной собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными приказом Министра юстиции РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:bookmarkStart w:name="z120" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
+        <w:t xml:space="preserve"> Глава 3. Статус и полномочия председателя Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Руководство Комитетом осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Председатель Комитета имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Полномочия Председателя Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      1) представляет руководству Министерства предложения по структуре и штатной численности Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вносит представления руководителю аппарата Министерства о назначении на должности и освобождении от должностей своих заместителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет и утверждает должностные обязанности и полномочия своих заместителей, работников Комитета, должностные инструкции работников структурных подразделений Комитета, Регламент Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает положения о структурных подразделениях Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в соответствии с законодательством назначает на должности и освобождает от должностей работников Комитета, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в пределах своей компетенции подписывает приказы, дает указания для исполнения работниками Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) направляет сведения соответствующему структурному подразделению Министерства о дисциплинарном проступке административного государственного служащего Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) принимает решение по вопросам дисциплинарной ответственности работников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) направляет в соответствующее структурное подразделение Министерства служебные записки по вопросам командирования, подготовки, переподготовки и повышения квалификации, поощрения, выплаты надбавок и премирования работников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в пределах своей компетенции принимает меры, направленные на противодействие коррупции в Комитете и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) представляет Комитет в государственных органах и иных организациях Республики Казахстан по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) координирует работу по разработке проектов нормативных правовых актов в пределах компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) заключает соглашения, договоры и иные сделки от имени Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в соответствии с законодательством принимает решения о предъявлении от имени Комитета претензий и исков к юридическим и физическим лицам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) вырабатывает предложения по формированию государственной политики в регулируемой сфере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) по представлению директора подведомственной организации Комитета назначает и освобождает от должностей его заместителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) рассматривает, согласовывает и утверждает план развития, уточнения к нему, отчеты по его исполнению, а также годовую финансовую отчетность подведомственной организации Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) по согласованию с уполномоченным органом по государственному имуществу осуществляет реорганизацию и ликвидацию подведомственной организации Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) по согласованию с Руководителем Аппарата Министерства устанавливает ежегодно размер фонда оплаты труда, размеры должностных окладов, а также систему премирования и иного вознаграждения директора, заместителей и главного бухгалтера подведомственной организации Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) принимает решения по другим вопросам, относящимся к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осуществляет иные полномочия, предусмотренные законодательными актами Республики Казахстан, актами Президента и Правительства Республики Казахстан, Министерства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра юстиции РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Председатель Комитета определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:bookmarkStart w:name="z139" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Перечень организаций, находящихся в ведении Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z144" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень организаций, находящихся в ведении Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3687,2752 +4508,3379 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июля 2024 года № 617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республиканского государственного учреждения "Комитет принудительного исполнения Министерства юстиции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z151" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Республиканское государственное учреждение "Комитет принудительного исполнения Министерства юстиции Республики Казахстан" (далее – Комитет) является ведомством Министерства юстиции Республики Казахстан (далее – Министерство), осуществляющим обеспечение исполнения исполнительных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра юстиции РК от 15.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 267</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Комитет осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Комитет является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Комитет вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Комитет имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Комитет по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами Председателя и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Структура и лимит штатной численности Комитета утверждаются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Местонахождение Комитета: 010000, Республика Казахстан, город Астана, Есильский район, проспект Мәңгілік Ел, дом 8, здание "Дом министерств", подъезд № 13.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Полное наименование Комитета: республиканское государственное учреждение "Комитет принудительного исполнения Министерства юстиции Республики Казахстан".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Настоящее Положение является учредительным документом Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Финансирование деятельности Комитета осуществляется из республиканского бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Комитету запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если Комитету законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="144"/>
-[...259 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-[...1760 lines deleted...]
-    <w:bookmarkStart w:name="z251" w:id="242"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Статус и полномочия председателя Комитета</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Задачи:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) выполнение регулятивных, реализационных и контрольных функций, а также участие в выполнении стратегических функций в сфере исполнения исполнительных документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) участие в формировании национального законодательства, направленного на обеспечение верховенства прав и свобод человека и гражданина, суверенитета Республики Казахстан, устойчивое и поступательное развитие казахстанского общества и государства, путем участия в разработке и реализации общегосударственной стратегии развития;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) осуществление иных задач, возложенных на него законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Права и обязанности Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) обеспечивает реализацию возложенных на Комитет задач и функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) осуществляет межведомственную координацию и контроль по вопросам, входящим в его компетенцию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) дает разъяснения и комментарии по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) запрашивает и получает в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) запрашивает и получает от структурных подразделений Министерства, государственных органов, должностных лиц, граждан, общественных объединений необходимую информацию и материалы на бумажном и (или) электронном носителях, а также от структурных, территориальных подразделений и подведомственных организаций Министерства информацию, документы, справки, отчеты, расчеты, устные и письменные объяснения и другие материалы, необходимые для осуществления возложенных на Комитет функций и задач;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) участвует в пределах компетенции в разработке проектов нормативных правовых актов и международных договоров Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) соблюдает законодательство Республики Казахстан, права и охраняемые законом интересы физических и юридических лиц; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) рассматривает обращения физических и юридических лиц в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и осуществляет прием граждан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) обращается с иском в суд в защиту прав, свобод и охраняемых законом интересов граждан, а также общественных или государственных интересов в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) в пределах своей компетенции дает обязательные для исполнения указания территориальным органам и подведомственным организациям Министерства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) взаимодействует с Республиканской палатой частных судебных исполнителей и региональными палатами частных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) осуществляет лицензирование и контроль за деятельностью лицензиатов по соблюдению ими лицензионных требований;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) привлекает по согласованию с руководителями соответствующих подразделений, сотрудников структурных, территориальных подразделений и подведомственных организаций Министерства для проведения проверок, подготовки нормативных правовых актов и других документов, а также к решению организационно-контрольных вопросов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) оказывает электронные услуги с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) взаимодействует со службами исполнительного производства зарубежных государств и международными организациями в сфере исполнения решений международных, иностранных судов и арбитражей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) обеспечивает исполнительскую и трудовую дисциплину, надлежащие условия труда в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) обеспечивает своевременное и качественное исполнение поручений Главы государства, Администрации Президента и Правительства Республики Казахстан по вопросам, отнесенным к компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) предоставляет уполномоченному структурному подразделению Министерства материалы для рассмотрения на оперативных (аппаратных) совещаниях Министерства по вопросам, входящим в его компетенцию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) проводит работу по разъяснению антикоррупционного законодательства и иных нормативных правовых актов по профилактике коррупционных правонарушений среди сотрудников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) осуществляет иные права и исполняет иные обязанности, предусмотренные законодательными актами Республики Казахстан, актами Президента Республики Казахстан, Правительства Республики Казахстан и Министерства юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) проводит совещания, семинары, конференции, круглые столы, конкурсы и иные мероприятия по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) осуществляет управление переданным ему имуществом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Реализация задач и полномочий осуществляется в пределах компетенции, установленной для государственных органов законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Функции Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) осуществление регулятивных, реализационных и контрольных функций, анализа регуляторного воздействия и участие в выполнении стратегических функций в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) реализация мероприятий, предусмотренных планом развития и операционным планом Министерства в пределах компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) анализ и обобщение практики применения законодательства Республики Казахстан по вопросам исполнительного производства, выработка соответствующих предложений по его совершенствованию, а также разработка методических, инструктивных, разъяснительных рекомендаций и оказание практической помощи по исполнению исполнительных документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) разработка проектов нормативных правовых актов в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) реализация и контроль исполнения нормативных правовых актов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) обеспечение в соответствии с законодательством исполнения исполнительных документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в порядке и сроки, установленные законодательством Республики Казахстан, а также проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) соблюдение и защита прав, свобод и законных интересов человека и гражданина, организаций и государств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) принятие мер по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) оказание электронных услуг с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) обеспечение повышения качества, доступности оказания государственных услуг, проведение внутреннего контроля за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) осуществление лицензирования деятельности частных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) принятие решения о приостановлении или прекращении действия лицензии частного судебного исполнителя, а также инициирование исков о лишении лицензий частных судебных исполнителей по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) обеспечение размещения на интернет-ресурсе государственного органа сведений о лицах, которым выдана лицензия частного судебного исполнителя, с указанием их фамилий, имен, отчеств (если они указаны в документе, удостоверяющем личность), даты выдачи лицензии и ее номера;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) ведение Государственного реестра лицензий частных судебных исполнителей Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) заключение договоров с государственными органами о подключении частных судебных исполнителей к публичным реестрам и электронным базам данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) разработка порядка осуществления выбора единой электронной торговой площадки (далее – ЕЭТП) по реализации арестованного имущества;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) осуществление контроля за деятельностью оператора ЕЭТП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) внесение в пределах своей компетенции предложений по модернизации и развитию государственной автоматизированной информационной системы исполнительного производства (далее – ИС) и ЕЭТП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) осуществление контроля и надзора за достоверностью статистических данных в ИС;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) проведение мониторинга и контроля за соблюдением установленных требований законодательства деятельности ИС и ЕЭТП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) регулирование и осуществление контроля за деятельностью государственных и частных судебных исполнителей в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) взаимодействие с территориальными органами юстиции по вопросам исполнительного производства и частного исполнения с дальнейшей постановкой вопроса об их ответственности за несвоевременное и некачественное неисполнение поручений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) осуществление тематических проверок деятельности территориальных органов юстиции по вопросам исполнительного производства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) представление информации по запросам государственных органов, наделенных контрольными и надзорными функциями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25) исполнение судебных поручений и ходатайств иностранных государств в соответствии с международными договорами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) разработка типовых форм постановлений судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) разработка формы отчета и сводного отчета об оказанной частными судебными исполнителями гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) разработка формы соглашения об оказании гарантированной государством юридической помощи частными судебными исполнителями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29) разработка правил и размера оплаты деятельности частного судебного исполнителя, связанной с принятием принудительных мер по исполнительным документам о взыскании алиментов и заработной платы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30) разработка требований к местонахождению и оборудованию служебного помещения частного судебного исполнителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) разработка порядка проведения аттестации лиц, прошедших стажировку и претендующих на право занятия деятельностью частного судебного исполнителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) разработка образцов удостоверения и личной печати частных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33) разработка правил прохождения стажировки у частного судебного исполнителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) разработка размера оплаты деятельности частного судебного исполнителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35) разработка порядка учетной регистрации частных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) разработка положения комиссии по аттестации лиц, претендующих на право занятия деятельностью частного судебного исполнителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) разработка правил реализации арестованного имущества, в том числе на торгах в форме электронного аукциона;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38) разработка перечня видов заработной платы и (или) иного дохода, которые получают родители и из которых производится удержание алиментов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39) разработка порядка осуществления контроля за деятельностью частных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40) разработка правил делопроизводства частных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41) разработка формы и сроков предоставления региональной палатой частных судебных исполнителей информации о своей деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) разработка порядка распределения исполнительных документов посредством государственной автоматизированной информационной системы исполнительного производства между частными судебными исполнителями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43) разработка образцов форменной одежды (без погон), жетона и эмблемы государственных судебных исполнителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44) разработка натуральных норм обеспечения государственных судебных исполнителей форменной одеждой (без погон) по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45) разработка методики расчета расходов по исполнительному производству;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46) разработка правил осуществления исполнительного производства по взысканию с государства сумм капитализации соответствующих повременных платежей по возмещению вреда, причиненного жизни и здоровью работников, в случаях отсутствия или недостаточности имущества у ликвидируемого юридического лица, признанного в установленном порядке ответственным за данный вред;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47) разработка порядка взаимодействия с уполномоченными органами по исполнению исполнительных документов о выселении (вселении), сносе, порядке общения с ребенком и определения места жительства ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48) приостановление расходных операций по текущему счету, предназначенному для хранения взысканных сумм в пользу взыскателей, частного судебного исполнителя, действия лицензии которого приостановлено или прекращено, либо которого лишили лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) разработка подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг в регулируемой сфере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50) рассмотрение запросов международных судебных органов, поступивших в государственные органы, а также согласование проектов обращений в международные судебные органы, инициированных уполномоченными государственными органами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) организация представления и защиты интересов Правительства и Премьер-Министра в судах по поручению Премьер-Министра, его заместителя или Руководителя Аппарата Правительства, а также участие в конституционном производстве по поручению Премьер-Министра по вопросам, входящим в компетенцию Комитета, ставшим предметом разбирательства, оказание правовой и консультационной помощи государственным органам в судебных разбирательствах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) участие в разъяснении законодательства, переговорных процессах по разрешению споров, проводимых уполномоченными государственными органами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53) оказание научно-методической и юридической помощи государственными органами в пределах компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54) соблюдение информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55) соблюдение законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56) осуществление иных функций, предусмотренных законами, Президента Республики Казахстан, Правительства Республики Казахстан и Министерства юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) выработка предложений касательно наполнения веб-ресурсов Министерства на основе обращений граждан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными приказом Министра юстиции РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-[...400 lines deleted...]
-    <w:bookmarkStart w:name="z272" w:id="263"/>
+    <w:bookmarkStart w:name="z251" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
+        <w:t xml:space="preserve"> Глава 3. Статус и полномочия председателя Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z276" w:id="267"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Руководство Комитета осуществляется председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Председатель имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Полномочия председателя Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) представляет руководству Министерства предложения по структуре и штатной численности Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) вносит представления руководителю аппарата Министерства о назначении на должности заместителей председателей Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) определяет полномочия своих заместителей, утверждает, положения о структурных подразделениях Комитета, должностные инструкции сотрудников структурных подразделений Комитета, Регламент Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) в соответствии с законодательством назначает на должности и освобождает от должностей работников Комитета, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в пределах своей компетенции подписывает приказы, дает указания, обязательные для исполнения сотрудниками и работниками Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) вносит представления соответствующему структурному подразделению Министерства о наложении дисциплинарных взысканий на сотрудников и работников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) вносит представления соответствующим структурным подразделениям Министерства по вопросам командирования, предоставления отпусков, оказания материальной помощи, подготовки (переподготовки), повышения квалификации, поощрения, выплаты надбавок и премирования сотрудников и работников Комитета; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) в пределах своей компетенции принимает меры, направленные на противодействие коррупции в Комитете и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) представляет Комитет в государственных органах и иных организациях Республики Казахстан и в международных отношениях по вопросам, входящим в компетенцию Комитета без доверенности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) заключает соглашения, договоры и иные сделки от имени Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) в соответствии с законодательством принимает решения о предъявлении от имени Комитета претензий и исков к юридическим и физическим лицам; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) вырабатывает предложения по формированию государственной политики в регулируемой сфере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) принимает решения по другим вопросам, относящимся к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) осуществляет иные полномочия, предусмотренные законодательными актами Республики Казахстан, актами Президента Республики Казахстан, Правительства Республики Казахстан и Министерства юстиции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнение полномочий председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Председатель Комитета определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z277" w:id="268"/>
+    <w:bookmarkStart w:name="z272" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z276" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6576,3758 +8024,4671 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июля 2024 года № 617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="269"/>
+    <w:bookmarkStart w:name="z280" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Комитет регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z281" w:id="270"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z281" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-[...280 lines deleted...]
-    <w:bookmarkStart w:name="z295" w:id="284"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Комитета</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Республиканское государственное учреждение "Комитет регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан" (далее - Комитет) является ведомством Министерства юстиции Республики Казахстан (далее – Министерство), осуществляющим регулятивные, реализационные и контрольные функции в сфере регистрации юридических лиц, учетной регистрации филиалов и представительств, актов гражданского состояния и апостилирования, регистрации прав на недвижимое имущество, залога движимого имущества, государственного технического обследования недвижимого имущества, организации юридических услуг и лицензирования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Комитет осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Комитет является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Комитет вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Комитет имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Комитет по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами Председателя и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Структура и лимит штатной численности Комитета утверждаются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Местонахождение Комитета: 010000, Республика Казахстан, город Астана, Есильский район, проспект Мәңгілік Ел, дом 8, здание "Дом министерств", подъезд № 13.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Полное наименование Комитета: республиканское государственное учреждение "Комитет регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Настоящее Положение является учредительным документом Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Финансирование деятельности Комитета осуществляется из республиканского бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Комитету запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Комитета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если Комитету законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-[...2840 lines deleted...]
-    <w:bookmarkStart w:name="z432" w:id="421"/>
+    <w:bookmarkStart w:name="z295" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус и полномочия председателя Комитета</w:t>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-[...380 lines deleted...]
-    <w:bookmarkStart w:name="z452" w:id="441"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Задачи:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) выполнение регулятивных, реализационных и контрольных функций, а также участие в выполнении стратегических функций в сфере государственной регистрации юридических лиц, филиалов и представительства, актов гражданского состояния, прав на недвижимое имущество, регистрации и ведения реестра залога движимого имущества, государственного технического обследования недвижимого имущества, организации юридических услуг и лицензирования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) участие в формировании национального законодательства, направленного на обеспечение верховенства прав и свобод человека и гражданина, суверенитета Республики Казахстан, устойчивое и поступательное развитие казахстанского общества и государства, путем участия в разработке и реализации общегосударственной стратегии развития;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) осуществление иных задач, возложенных на них законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Права и обязанности Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в пределах своей компетенции принимает обязательные для исполнения нормативные правовые акты, не затрагивающие права и свободы человека и гражданина;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) запрашивает и получает от государственных органов, должностных лиц необходимую информацию и материалы на бумажном и (или) электронном носителях, а также от структурных, территориальных подразделений и подведомственных организаций Министерства информацию, документы, справки, отчеты, расчеты, устные и письменные объяснения и другие материалы, необходимые для осуществления возложенных на Комитет функций и задач;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) вносит в пределах своей компетенции в государственные органы предложения об отмене или изменении принятых ими актов, нарушающих законодательство Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) проводит совещания, семинары, конференции, круглые столы, конкурсы и иные мероприятия по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) обеспечивает реализацию возложенных на Комитет задач и функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) соблюдает законодательство Республики Казахстан, прав и охраняемых законом интересы физических и юридических лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) дает разъяснения и комментарии по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) участвует в пределах компетенции в разработке проектов нормативных правовых актов и международных договоров Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) в пределах своей компетенции дает обязательные для исполнения указания территориальным органам и подведомственным организациям Министерства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) осуществляет лицензирование и контроль за деятельностью лицензиатов по соблюдению ими лицензионных требований;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) сотрудничает с министерствами юстиции иностранных государств и международными организациями по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) обеспечивает исполнительскую и трудовую дисциплину, надлежащие условия труда в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) обеспечивает своевременное и качественное исполнение поручений Главы государства, Администрации Президента и Правительства Республики Казахстан по вопросам, отнесенным к компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) проводит работу по разъяснению антикоррупционного законодательства и иных нормативных правовых актов по профилактике коррупционных правонарушений среди сотрудников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) осуществляет управление переданным ему имуществом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) рассматривает обращения физических и юридических лиц в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, осуществляет прием граждан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) обращается с иском в суд в защиту прав, свобод и охраняемых законом интересов граждан, а также общественных или государственных интересов в порядке, установленном Гражданским процессуальным кодексом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) осуществляет иные права и исполняет иные обязанности, предусмотренные законодательными актами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Реализация задач и полномочий осуществляется в пределах компетенции, установленной для государственных органов законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменениями, внесенными приказом Министра юстиции РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Функции Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) разработка проектов нормативных правовых актов в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) реализация и контроль исполнения нормативных правовых актов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) анализ и обобщение практики применения законодательства Республики Казахстан в сфере своей деятельности, в том числе результатов правового мониторинга нормативных правовых актов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О правовых актах", и внесение соответствующих предложений по его совершенствованию, устранению причин и условий, способствующих нарушению законодательства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) принятие мер по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) разработка критериев оценки степени рисков в сфере осуществления государственной регистрации, организации юридических услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) оказание электронных услуг с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) обеспечение повышения качества, доступности оказания государственных услуг, проведение внутреннего контроля за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в порядке и сроки, установленные законодательством Республики Казахстан, а также проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) выработка предложений касательно наполнения веб-ресурсов Министерства на основе обращений граждан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) соблюдение и защита прав, свобод и законных интересов человека и гражданина, организаций и государства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) обращается с иском в суд в защиту прав, свобод и охраняемых законом интересов граждан, а также общественных или государственных интересов в порядке, установленном Гражданским процессуальным кодексом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) представление информации по запросам государственных органов, наделенных контрольными и надзорными функциями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) осуществление регулятивных, реализационных и контрольных функций, анализа регуляторного воздействия и участие в выполнении стратегических функций, в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) реализация мероприятий, предусмотренных планом развития и операционным планом Министерства в пределах компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) официальное разъяснение нормативных правовых актов Правительства совместно с заинтересованными государственными органами по поручению Премьер-Министра Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) оказание методической и юридической помощи государственным органам в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) осуществление государственного контроля в сфере государственной регистрации прав на недвижимое имущество, юридических лиц, являющихся коммерческими организациями, и учетной регистрации их филиалов и представительств в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательским кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) осуществление методического руководства по вопросам государственной регистрации прав на недвижимое имущество некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) осуществление государственного регулирования в сфере государственной регистрации прав на недвижимое имущество, регистрации залога движимого имущества, государственного технического обследования недвижимого имущества и ведения реестра залога движимого имущества;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) разработка требований к сопровождению правового кадастра, правил доступа к правовому кадастру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) разработка правил представления статистической и иной отчетной информации в области государственной регистрации прав на недвижимое имущество, юридических лиц и актов гражданского состояния;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) согласование цен на товары (работы, услуги), производимые и (или) реализуемые регистрирующим органом, за государственную регистрацию прав на недвижимое имущество, в том числе в ускоренном порядке, и государственное техническое обследование зданий, сооружений и (или) их составляющих, а также коэффициента зонирования (К зон), учитывающего месторасположение объекта налогообложения в населенном пункте, который утверждается в соответствии с методикой расчета коэффициента зонирования местными исполнительными органами в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Налоговым кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) разработка инструкции по государственному техническому обследованию объектов недвижимости;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) разработка формы кадастрового паспорта объекта недвижимости по согласованию с центральным уполномоченным органом по управлению земельными ресурсами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) разработка совместно с центральным уполномоченным органом по управлению земельными ресурсами порядка ведения и использования информационной системы единого государственного кадастра недвижимости;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) разработка порядка взаимодействия государственных органов по обмену информацией для целей ведения правового и иных кадастров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) разработка порядка предоставления информации из правового кадастра;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25) разработка порядка и сроков внесения в информационную систему правового кадастра идентификационных и технических сведений недвижимого имущества на вновь созданное недвижимое имущество, проведения государственного технического обследования недвижимого имущества, порядка присвоения кадастрового номера первичным и вторичным объектам недвижимости, а также формы сведений, обязательных для внесения в информационную систему правового кадастра, формы кадастрового паспорта объекта недвижимости;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) разработка порядка электронной регистрации залога, предоставленного в обеспечение договора банковского займа, заключаемого банками второго уровня;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) разработка порядка электронной регистрации прав (обременений прав) на недвижимое имущество;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) разработка порядка и сроков проведения систематической регистрации в правовом кадастре;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29) методическое руководство деятельностью по государственной регистрации юридических лиц и учетной регистрации филиалов и представительств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30) осуществление государственной регистрации юридических лиц, являющихся некоммерческими организациями, учетная регистрация их филиалов и представительств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) согласование цен на услуги по государственной регистрации юридических лиц, являющихся коммерческими организациями, и учетной регистрации их филиалов и представительств, реализуемые регистрирующим органом, устанавливаемых решением уполномоченного органа, осуществляющего организацию и координацию деятельности Государственной корпорации "Правительство для граждан", по согласованию с антимонопольным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32) контроль за соблюдением территориальными органами юстиции требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной регистрации юридических лиц и учетной регистрации филиалов и представительств";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33) осуществление государственного контроля за деятельностью Государственной корпорации "Правительство для граждан" в сфере государственной регистрации юридических лиц, являющихся коммерческими организациями, и учетной регистрации их филиалов и представительств в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательским кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) направление в Государственную корпорацию "Правительство для граждан" представления об устранении нарушений в случае выявления нарушения законодательства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35) разработка типового устава юридических лиц, относящихся к субъектам малого, среднего и крупного предпринимательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) разработка формы справок о государственной регистрации (перерегистрации) юридических лиц, учетной регистрации (перерегистрации) филиалов (представительств);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) разработка форм заявлений о государственной регистрации (перерегистрации) юридического лица, об учетной регистрации (перерегистрации) филиала (представительства), о государственной регистрации внесенных изменений и дополнений в учредительные документы юридического лица, не относящегося к субъекту частного предпринимательства, а также акционерного общества, положения об их филиалах (представительствах);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38) разработка формы заявления о выдаче дубликата устава (положения) юридического лица, не относящегося к субъекту частного предпринимательства, а также акционерного общества, их филиалов и представительств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39) разработка форм заявлений о государственной регистрации ликвидации юридического лица, о прекращении деятельности филиала (представительства);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40) разработка правил создания, ведения и использования национальных реестров идентификационных номеров совместно с органом внутренних дел;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41) разработка правил формирования бизнес - идентификационного номера;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) централизованное осуществление формирования и ведение бизнес-идентификационных номеров и представление информации регистрирующим органам и иным государственным учреждениям не позднее двух рабочих дней с момента их обращений, а также представление информации государственным органам, наделенным контрольными и надзорными функциями, по их запросу в случаях, предусмотренных законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43) ведение национального реестра бизнес-идентификационных номеров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44) разработка правил проверки достоверности списков инициативной группы граждан по созданию политической партии, членов политической партии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45) осуществление производства по делам об административных правонарушениях в соответствии с законом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46) оказание методической помощи территориальным подразделениям юстиции по вопросам регистрации актов гражданского состояния;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47) осуществление контроля за регистрацией актов гражданского состояния;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48) нормативно-методологическое обеспечение деятельности Государственной корпорации "Правительство для граждан" по вопросам государственной регистрации актов гражданского состояния;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) осуществление государственного контроля за деятельностью Государственной корпорации "Правительство для граждан" в сфере государственной регистрации актов гражданского состояния в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50) согласование решения уполномоченного органа в области защиты прав детей Республики Казахстан об аккредитации агентства по усыновлению;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) разработка порядка организации государственной регистрации актов гражданского состояния, внесения в них изменений, исправлений, дополнений, аннулирования и восстановления актов гражданского состояния;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) разработка форм заявлений о вступлении в брак (супружество), о расторжении брака (супружества), справок о брачной правоспособности, о смерти;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53) разработка форм актовых книг государственной регистрации актов гражданского состояния и форм свидетельств, выдаваемых на основании записей в этих книгах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54) разработка форм актовых записей, свидетельств и справок о государственной регистрации актов гражданского состояния в электронной форме и на бумажном носителе;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55) разработка требований к защите свидетельства о рождении;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56) проставление апостиля на официальных документах, исходящих из органов юстиции, регистрации актов гражданского состояния и иных государственных органов, а также от нотариусов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>57) согласование размера оплаты услуг за государственную регистрацию актов гражданского состояния, определяемые уполномоченным органом в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>58) осуществление руководства, координации и контроля за деятельностью территориальных органов юстиции по организации и обеспечению законности в сфере правового обслуживания населения нотариусами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>59) руководство деятельностью государственных нотариальных контор, содействие развитию частного нотариата, контроль за законностью совершаемых нотариальных действий и соблюдением правил делопроизводства государственными и частными нотариусами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>60) осуществление регулирования нотариальной деятельности в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>61) разработка правил пользования единой нотариальной информационной системой по согласованию с уполномоченным органом в сфере информатизации и уполномоченным органом в сфере обеспечения информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62) разработка порядка ведения реестров единой нотариальной информационной системы по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>63) разработка формы представления отчетности о функционировании реестров единой нотариальной информационной системы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>64) разработка правил по нотариальному делопроизводству по согласованию с уполномоченным государственным органом управления архивами и документацией Республики Казахстан с участием Республиканской нотариальной палаты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>65) разработка правил совершения нотариальных действий нотариусами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>66) разработка положения об аттестации должностных лиц аппаратов акимов городов районного значения, поселков, сел, сельских округов, совершающих нотариальные действия;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>67) разработка положения о государственном реестре лицензий на право занятия нотариальной деятельностью;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68) разработка персонального состава аттестационных комиссий юстиции на право занятия нотариальной деятельностью и регламента их работ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>69) разработка порядка и условий проведения тестирования лиц, прошедших стажировку и претендующих на право занятия нотариальной деятельностью;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>70) согласование положения о повышении квалификации нотариусов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>71) согласование положения о порядке прохождения стажировки стажерами нотариусов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>72) разработка требований к помещению нотариуса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73) разработка форм реестров регистрации нотариальных действий (в том числе электронного реестра единой нотариальной информационной системы), нотариальных свидетельств и постановлений, удостоверительных надписей на сделках и свидетельствуемых документах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74) разработка методических, инструктивных и разъяснительных материалов по вопросам нотариата;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>75) утверждение минимального количества нотариусов по каждому нотариальному округу на основании представления территориального органа юстиции совместно с территориальной нотариальной палатой;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>76) разработка правил оплаты за прохождение стажировки стажерами нотариуса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>77) осуществление лицензирования деятельности нотариусов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>78) принятие решений о приостановлении, прекращении и возобновлении действия лицензии на право занятия нотариальной деятельностью, а также инициирование исков о лишении лицензий нотариусов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>79) размещение решения о приостановлении или возобновлении действия лицензии на право занятия нотариальной деятельностью на интернет-ресурсе лицензиара;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>80) ведение Государственного реестра лицензий на право занятия нотариальной деятельностью, а также размещение на интернет-ресурсе сведений о лицах, которым выданы лицензии на осуществление нотариальной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>81) ведение Государственного реестра лицензий на право занятия адвокатской деятельностью, обеспечение размещения на интернет-ресурсе сведений реестра, а также списков адвокатов, занимающихся адвокатской деятельностью, и сведений о приостановлении, возобновлении, лишении и прекращении действия лицензий адвокатов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>82) осуществление лицензирования деятельности адвокатов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>83) принятие решений о приостановлении, прекращении и возобновлении действия лицензии на право занятия адвокатской деятельностью, а также инициирование исков о лишении лицензий адвокатов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84) осуществление контроля за качеством юридической помощи, оказываемой физическим и юридическим лицам адвокатами, нотариусами, юридическими консультантами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>85) разработка правил и размеров оплаты гарантированной государством юридической помощи, оказанной адвокатом, юридическим консультантом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>86) разработка порядка учета гарантированной государством юридической помощи, оказанной адвокатом, юридическим консультантом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>87) разработка проектов нормативных правовых актов по вопросам оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>88) разработка типового договора страхования профессиональной ответственности адвокатов по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>89) координация деятельности лиц, оказывающих гарантированную государством юридическую помощь;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>90) разработка правил стимулирования государством внесения значительного вклада в оказание комплексной социальной юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91) разработка перечня и описания наград, формы наградного листа за внесение значительного вклада в оказание комплексной социальной юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>92) осуществление контроля за деятельностью палат юридических консультантов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>93) разработка типового устава палаты юридических консультантов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94) ведение реестра палат юридических консультантов, а также инициирование исков об исключении из реестра палат юридических консультантов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>95) разработка типового договора страхования профессиональной ответственности юридических консультантов по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96) администрирование бюджетных программ по всем видам гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>97) обеспечение реализации государственной политики в сфере оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>98) обеспечение функционирования и развития системы гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>99) разработка перечня документов, подтверждающих право на получение гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>100) разработка порядка учета гарантированной государством юридической помощи, оказанной адвокатом, юридическим консультантом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101) разработка критериев качества оказания гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102) согласование стандартов оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>103) согласование критериев качества оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>104) осуществление в пределах компетенции Комитета международного сотрудничества в сфере оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>105) осуществление контроля за качеством оказываемой гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>106) проведение мониторинга законодательства Республики Казахстан о нотариате, об адвокатской деятельности и юридической помощи, обеспечение полноты объема и качества оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>107) обеспечение правового информирования населения об адвокатах, нотариусах, юридических консультантах, оказывающих юридическую помощь, механизмах, основаниях и условиях оказания юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>108) обеспечение опубликования не реже одного раза в год в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, и размещение на своем интернет-ресурсе Министерства информации о системе и основных итогах оказания гарантированной государством юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>109) соблюдение информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>110) соблюдение законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-1) разработка и согласование с уполномоченным органом в области саморегулирования проектов нормативных правовых актов по вопросам саморегулирования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-2) согласование правил и стандартов саморегулируемых организаций, основанных на обязательном членстве (участии);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-3) разработка порядка участия юридических консультантов в оказании гарантированной государством юридической помощи, организуемой палатами юридических консультантов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-4) разработка образца, правил оформления, выдачи, замены, сдачи, изъятия и уничтожения свидетельства о рождении;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>111) осуществление иных функций, предусмотренных законами, актами Президента и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными приказом Министра юстиции РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z457" w:id="446"/>
+    <w:bookmarkStart w:name="z432" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
+        <w:t xml:space="preserve"> Глава 3. Статус и полномочия председателя Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z458" w:id="447"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Руководство Комитета осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Председатель имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Полномочия Председателя Комитета:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      1) представляет руководству Министерства предложения по структуре и штатной численности Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вносит представления руководителю аппарата Министерства о назначении на должности и освобождения от должностей своих заместителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет и утверждает должностные обязанности и полномочия своих заместителей, работников Комитета, должностные инструкции работников структурных подразделений Комитета, Регламент Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает положения о структурных подразделениях Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в соответствии с законодательством назначает на должности и освобождает от должностей работников Комитета, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в пределах своей компетенции подписывает приказы, дает указания, для исполнения работниками Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) направляет сведения соответствующему структурному подразделению Министерства о дисциплинарном проступке административного государственного служащего Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) принимает решение по вопросам дисциплинарной ответственности работников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) направляет в соответствующее структурное подразделение Министерства служебные записки по вопросам командирования, подготовки, переподготовки и повышения квалификации, поощрения, выплаты надбавок и премирования работников Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в пределах своей компетенции принимает меры, направленные на противодействие коррупции в Комитете и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) представляет Комитет в государственных органах и иных организациях Республики Казахстан по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) координирует работу по разработке проектов нормативных правовых актов в пределах компетенции Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) заключает соглашения, договоры и иные сделки от имени Комитета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в соответствии с законодательством принимает решения о предъявлении от имени Комитета претензий и исков к юридическим и физическим лицам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) вырабатывает предложения по формированию государственной политики в регулируемой сфере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) принимает решения по другим вопросам, относящимся к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осуществляет иные полномочия, предусмотренные законодательными актами Республики Казахстан, актами Президента и Правительства Республики Казахстан, Министерства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра юстиции РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Председатель Комитета определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z452" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Комитет не вправе самостоятельно отчуждать или иным способом распоряжается закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z457" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10707,31 +13068,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>