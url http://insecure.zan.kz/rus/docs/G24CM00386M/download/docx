--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d95c82d" w14:textId="d95c82d">
+    <w:p w14:paraId="187628a" w14:textId="187628a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 89884,9 тысяч тенге, в том числе:</w:t>
+      1) доходы – 94180,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 4261,4 тысяч тенге;</w:t>
+      налоговые поступления - 4281,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление от продажи основного капитала-380,7 тысяч тенге;</w:t>
+      поступление от продажи основного капитала-398,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 85242,8 тысяч тенге;</w:t>
+      поступления трансфертов - 89493,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 90006,3 тысяч тенге;</w:t>
+      2) затраты - 94301,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 510</w:t>
+        <w:t>№ 531</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учесть в бюджете сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 85169,8 тысяч тенге.</w:t>
+      5. Учесть в бюджете сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 89420,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение суммы целевого текущего трансферта определяется на основании решения акима Тогызского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 510</w:t>
+        <w:t>№ 531</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,3645 +1636,3752 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тогызского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 510</w:t>
+        <w:t>№ 531</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...127 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89884,9</w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94180,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...95 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4261,4</w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4281,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415,2</w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
-            </w:r>
-[...35 lines deleted...]
-Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415,2</w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3741,2</w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3753,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
-            </w:r>
-[...35 lines deleted...]
-Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29,0</w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
-            </w:r>
-[...35 lines deleted...]
-Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
-            </w:r>
-[...35 lines deleted...]
-Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3423,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...35 lines deleted...]
-Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 279,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
-            </w:r>
-[...35 lines deleted...]
-Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...131 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-380,7</w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...131 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-380,7</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
-            </w:r>
-[...35 lines deleted...]
-Прдажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-380,7</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...131 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85242,8</w:t>
+Поступление от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...131 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85242,8</w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-Трансферты из районного (города областного значения) бюджета</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85242,8</w:t>
+Прдажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90006,3</w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5284,4944 +5391,4463 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-82919,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...61 lines deleted...]
-1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-82919,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-82919,6</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94301,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-62267,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88014,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-20651,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88014,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88014,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67362,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 20651,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-7065,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-7065,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-7065,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1475,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-1305,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+715,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-842,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4096,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-4918,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...199 lines deleted...]
-0,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-121,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...195 lines deleted...]
--121,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...165 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...205 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>