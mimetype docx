--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="64b81f9" w14:textId="64b81f9">
+    <w:p w14:paraId="1d0c0da" w14:textId="1d0c0da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,195 +100,249 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Кауылжырского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Шалкарского районного маслихата Актюбинской области от 30 декабря 2024 года № 384</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан, </w:t>
+        <w:t xml:space="preserve"> статьи 85, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 6</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Шалкарский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> статьи 91, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного Кодекса Республики Казахстан, Шалкарский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула изложена в новой редакции на казахском языке, текст на русском языке не меняется решением Шалкарского районного маслихата Актюбинской области от 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула изложена в новой редакции на русском языке, текст на казахском языке не меняется решением Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">1. Утвердить бюджет Кауылжырского сельского округа на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Кауылжырского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -307,139 +361,138 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 64388,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 61284,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8221,0 тысяч тенге;</w:t>
+      налоговые поступления – 8600,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 550,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 171,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –55617,0 тысяч тенге;</w:t>
+      поступления трансфертов – 52513,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 65258,1 тысяч тенге;</w:t>
+      2) затраты – 62154,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -621,61 +674,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -928,90 +981,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие неналоговые поступления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала, включая продажу земли и нематериальных активов, включая продажу земли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Учесть и руководствоваться тем, что в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О республиканском бюджете на 2025-2027 годы" установлено с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) минимальный размер заработной платы-85 000 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1022,230 +1075,246 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель- 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для расчета размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть, что в сельский бюджет на 2025 год из республиканского бюджета поступили целевые текущие трансферты на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, работников казенных предприятий, содержащихся за счет средств государственного бюджета, в сумме 63,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Предусмотреть в бюджете сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета в сумме 55617,0 тысяч тенге.</w:t>
+      5. Предусмотреть в бюджете сельского округа на 2025 год поступление текущего целевого трансферта из районного бюджета в сумме 52450,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Распределение суммы текущего целевого трансферта определяется на основании решения акима Кауылжырского сельского округа.</w:t>
+      Распределение суммы текущего целевого трансферта определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Утвердить перечень местных бюджетных программ, не подлежащих секвестру в процессе исполнения районного бюджета Кауылжырского скльского округа на 2025 год, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1507,61 +1576,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кауылжырского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 18.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1627,51 +1696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма, тысяч  тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2103,51 +2172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64388,0</w:t>
+61284,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2281,51 +2350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8221,0</w:t>
+8600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2815,51 +2884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5616,0</w:t>
+6195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3171,51 +3240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3349,51 +3418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5451,0</w:t>
+6042,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3705,51 +3774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3883,51 +3952,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4061,51 +4130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4239,51 +4308,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4417,51 +4486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4595,51 +4664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55617,0</w:t>
+52513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4773,51 +4842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55617,0</w:t>
+52513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4951,51 +5020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55617,0</w:t>
+52513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5029,51 +5098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65258,1</w:t>
+62154,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5238,51 +5307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5447,51 +5516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5656,51 +5725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5865,469 +5934,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51173,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-400,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6347,196 +6416,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6588,164 +6657,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6838,541 +6907,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-20,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12163,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1025,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-12163,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7392,196 +7461,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-12163,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7633,164 +7702,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2874,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7883,123 +7952,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-521,0</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8083,2774 +8152,297 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-8768,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III.Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-870,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...2609 lines deleted...]
-Свободные остатки бюджетных средств</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Финансирование дефицита бюджета (использование профицита)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>