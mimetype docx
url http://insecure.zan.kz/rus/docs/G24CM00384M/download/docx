--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1d0c0da" w14:textId="1d0c0da">
+    <w:p w14:paraId="92ccd37" w14:textId="92ccd37">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Шалкарского районного маслихата Актюбинской области от 30 декабря 2024 года № 384</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -221,50 +222,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного Кодекса Республики Казахстан, Шалкарский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -376,159 +378,159 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 61284,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 62398,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 8600,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 171,0 тысяч тенге;</w:t>
+      Поступление продажы основного капитала - 171,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 52513,0 тысяч тенге;</w:t>
+      поступления трансфертов – 53627,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 62154,1 тысяч тенге;</w:t>
+      2) затраты – 63268,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге, в том числе;</w:t>
+      3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тенге:</w:t>
+      бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -556,69 +558,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0 тенге;</w:t>
+      поступления от продажи финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -870,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 870,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 870,1 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -674,61 +676,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 529</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -981,90 +983,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие неналоговые поступления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала, включая продажу земли и нематериальных активов, включая продажу земли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Учесть и руководствоваться тем, что в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О республиканском бюджете на 2025-2027 годы" установлено с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) минимальный размер заработной платы-85 000 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1075,246 +1077,246 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель- 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для расчета размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть, что в сельский бюджет на 2025 год из республиканского бюджета поступили целевые текущие трансферты на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, работников казенных предприятий, содержащихся за счет средств государственного бюджета, в сумме 63,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Предусмотреть в бюджете сельского округа на 2025 год поступление текущего целевого трансферта из районного бюджета в сумме 52450,0 тысяч тенге.</w:t>
+      5. Учесть в бюджете сельского округа на 2025 год поступление целевые текущие трансферты из районного бюджета в сумме 53627,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Распределение суммы текущего целевого трансферта определяется на основании решения акима сельского округа.</w:t>
+      Распределение суммы целевого текущего трансферта определяется на основании решения акима Кауылжырского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 529</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Утвердить перечень местных бюджетных программ, не подлежащих секвестру в процессе исполнения районного бюджета Кауылжырского скльского округа на 2025 год, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1576,61 +1578,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кауылжырского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 529</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1696,51 +1698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч  тенге</w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2172,51 +2174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61284,0</w:t>
+62398,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4094,51 +4096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи основного капитала</w:t>
+Поступление от продажы основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4272,51 +4274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4664,51 +4666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52513,0</w:t>
+53627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4842,51 +4844,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52513,0</w:t>
+53627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4984,87 +4986,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районных (городов областного значения) бюджетов</w:t>
-[...35 lines deleted...]
-52513,0</w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5098,51 +5100,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62154,1</w:t>
+63268,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5307,51 +5309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5516,51 +5518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5725,51 +5727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5934,433 +5936,433 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-4359,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государсвенного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+393,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Благоустройство населенных пунктов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6416,160 +6418,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6657,164 +6659,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2874,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6907,123 +6909,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-460,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7116,406 +7118,406 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1025,5</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1025,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7670,160 +7672,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7911,128 +7913,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8152,128 +8154,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
--870,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8398,51 +8404,852 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Финансирование дефицита бюджета (использование профицита)</w:t>
+III. Дефицит (профицит)бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23725,55 +24532,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>