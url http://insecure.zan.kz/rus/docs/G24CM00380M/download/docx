--- v0 (2025-11-10)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bf2a2fc" w14:textId="bf2a2fc">
+    <w:p w14:paraId="97ad384" w14:textId="97ad384">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,51 +398,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 68481,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 71250,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 66112,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -470,69 +470,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 100,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 1969,0 тысяч тенге;</w:t>
+      поступления трансфертов – 4738,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 76512,5 тысяч тенге;</w:t>
+      2) затраты - 79281,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -714,61 +714,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 505</w:t>
+        <w:t>№ 525</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1173,210 +1173,226 @@
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для исчисления размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете сельского округа на 2025 год поступление целевого текущего трансферта в сумме 55,0 тысяч тенге из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учесть в бюджете Бозойского сельского округа на 2025 год поступление текущего целевого трансферта из районного бюджета в сумме 1914,0 тысяч тенге.</w:t>
+      5. Учесть в бюджете Бозойского сельского округа на 2025 год поступление текущего целевого трансферта из районного бюджета в сумме 4683,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение суммы текущего целевого трансферта определяется на основании решения акима Бозойского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 04.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 525</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Утвердить перечень местных бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета Бозойского сельского округа на 2025 год, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1638,61 +1654,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бозойского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 505</w:t>
+        <w:t>№ 525</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2234,51 +2250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68481,0</w:t>
+71250,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3978,69 +3994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других</w:t>
-[...17 lines deleted...]
-ресурсов</w:t>
+Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5278,51 +5276,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1969,0</w:t>
+4738,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5456,51 +5454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1969,0</w:t>
+4738,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5634,51 +5632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1969,0</w:t>
+4738,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5712,51 +5710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76512,5</w:t>
+79281,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5921,51 +5919,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57668,7</w:t>
+63861,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6130,51 +6128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57668,7</w:t>
+63861,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6339,51 +6337,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57668,7</w:t>
+63861,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6548,51 +6546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54363,7</w:t>
+60556,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6798,219 +6796,219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05</w:t>
-[...167 lines deleted...]
-40,0</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7039,187 +7037,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-40,0</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+804,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7384,51 +7382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,0</w:t>
+804,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7521,332 +7519,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-40,0</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+804,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-18803,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройств о населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14616,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7866,196 +7864,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1022,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14616,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8107,164 +8105,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1022,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8357,123 +8355,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-1022,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3991,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8493,886 +8491,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...834 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9474,51 +8636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7385,0</w:t>
+4656,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>