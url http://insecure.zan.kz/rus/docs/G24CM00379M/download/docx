--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="376cd90" w14:textId="376cd90">
+    <w:p w14:paraId="aa41c87" w14:textId="aa41c87">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,51 +398,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 101976,5 тысяч тенге, в том числе:</w:t>
+      1) доходы – 105416,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 67622,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -470,69 +470,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 11784,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 22542,0 тысяч тенге;</w:t>
+      поступления трансфертов – 25982,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 117406,2 тысяч тенге;</w:t>
+      2) затраты – 120846,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -714,61 +714,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 504</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1173,210 +1173,226 @@
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для исчисления размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете сельского округа на 2025 год поступление целевого текущего трансферта в сумме 54,0 тысяч тенге из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Предусмотреть в бюджете сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета в сумме 22488,0 тысяч тенге.</w:t>
+      5. Предусмотреть в бюджете сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета в сумме 25928,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение суммы текущего целевого трансферта определяется на основании решения акима Бершугирского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 474</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Утвердить перечень местных бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета Бершугирского сельского округа на 2025 год, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1638,61 +1654,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бершугирского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 504</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1758,51 +1774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма, тысяч  тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2234,51 +2250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101976,5</w:t>
+105416,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5438,51 +5454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22542,0</w:t>
+25982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5616,51 +5632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22542,0</w:t>
+25982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5794,51 +5810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22542,0</w:t>
+25982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5872,51 +5888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-117406,2</w:t>
+120846,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6081,51 +6097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72391,6</w:t>
+75831,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6290,51 +6306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72391,6</w:t>
+75831,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6499,51 +6515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72391,6</w:t>
+75831,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6708,51 +6724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52836,1</w:t>
+56282,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6917,51 +6933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19555,5</w:t>
+19549,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7753,51 +7769,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6372,7</w:t>
+4672,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8171,51 +8187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38267,9</w:t>
+39967,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8340,51 +8356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV.Дефицит (профицит) бюджета</w:t>
+III. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8545,51 +8561,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Финансирование дефицита бюджета (использование профицита)</w:t>
+IV. Финансирование дефицита бюджета (использование профицита)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>