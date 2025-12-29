--- v0 (2025-11-10)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35da0d6" w14:textId="35da0d6">
+    <w:p w14:paraId="fccc1c7" w14:textId="fccc1c7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Кудыксайского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Хромтауского районного маслихата Актюбинской области от 27 декабря 2024 года № 284</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -208,81 +215,80 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Хромтауского районного маслихата Актюбинской области от 09.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Кудыксайского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -317,139 +323,138 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы 49 255 тысяч тенге;</w:t>
+      1) доходы 60 705 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления 3 750 тысяч тенге;</w:t>
+      налоговые поступления 2 410 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов 45 505 тысяч тенге;</w:t>
+      поступления трансфертов 58 295 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты 53 555 тысяч тенге;</w:t>
+      2) затраты 65 005 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -549,69 +554,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета - 4 300 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита</w:t>
-[...17 lines deleted...]
-      (использование профицита) бюджета 4 300 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета 4 300 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -649,107 +636,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 375</w:t>
+        <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в доход бюджета сельского округа зачисляются следующие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговые поступления:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1048,70 +1035,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) минимальный размер заработной платы – 85 000 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1122,128 +1109,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель – 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для исчисления размеров базовых социальных выплат – 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Кудыксайского сельского округа на 2025 год объем субвенции с районного бюджета в сумме 21 365 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете Кудыксайского сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета в сумме 10 300 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение сумма целевых текущих трансфертов определяется на основании решения акима Кудыксайского сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1505,61 +1492,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кудыксайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 375</w:t>
+        <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2283,51 +2270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 255</w:t>
+60 705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2460,51 +2447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 750</w:t>
+2 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2637,51 +2624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2814,51 +2801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2991,51 +2978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 050</w:t>
+1 710</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3168,51 +3155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3345,51 +3332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3522,51 +3509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3699,51 +3686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3876,51 +3863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 500</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4017,87 +4004,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 500</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4230,51 +4217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 505</w:t>
+58 295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4407,51 +4394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 505</w:t>
+58 295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4584,51 +4571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 505</w:t>
+58 295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5548,51 +5535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 555</w:t>
+65 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5757,51 +5744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 935</w:t>
+35 695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5966,51 +5953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 935</w:t>
+35 695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6139,87 +6126,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-33 935</w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6348,505 +6335,505 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-33 935</w:t>
+Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-5 590</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-5 590</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6866,196 +6853,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-5 590</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7107,164 +7094,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-4 250</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7357,505 +7344,505 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-1 340</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-14 030</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Автомобильный транспорт</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7911,50 +7898,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8020,51 +8216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>