--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6d48ff4" w14:textId="6d48ff4">
+    <w:p w14:paraId="e036da2" w14:textId="e036da2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -260,51 +260,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Акжарского сельского округа на 2024-2026 годы согласно </w:t>
+      1. Утвердить бюджет Акжарского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -338,51 +338,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы 109 390 тысяч тенге;</w:t>
+      1) доходы 140 278 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления 28 900 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -392,87 +392,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала 0тенге;</w:t>
+      поступления от продажи основного капитала 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов 80 490 тысяч тенге;</w:t>
+      поступления трансфертов 111 378 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты 109 390 тысяч тенге;</w:t>
+      2) затраты 140 278 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -572,143 +572,143 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита)</w:t>
+      6) финансирование дефицита (использование профицита) бюджета 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджета 0 тенге;</w:t>
+      поступление займов 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов 0 тенге; погашение займов 0 тенге;</w:t>
+      погашение займов 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств 0 тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 368</w:t>
+        <w:t>№ 389</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1510,216 +1510,215 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акжарского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Хромтауского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 368</w:t>
+        <w:t>№ 389</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БюдКатегория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1742,85 +1741,85 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1856,3339 +1855,2759 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-Специфика</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...115 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...205 lines deleted...]
-5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140 278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-109 390</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-28 900</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-4 700</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-300</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-200</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-9 700</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-14 000</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+111 378 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
- 80 490</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111 378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...272 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
- 80 490</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111 378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5211,85 +4630,85 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5325,85 +4744,85 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5452,4823 +4871,4284 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...63 lines deleted...]
-Подпрограмма</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...128 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...241 lines deleted...]
-6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140 278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...225 lines deleted...]
-109 390</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95 931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-72 913</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95 931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-72 913</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95 931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-72 913</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95 931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-72 913</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь и социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+561</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-3 191</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+561</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-3 191</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+561</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-3 191</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание социальной помощи нуждающимся гражданам на дому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+561</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-3 191</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 086</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-25 586</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 086</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-25 586</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 086</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-25 586</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-23 800</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 786</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...229 lines deleted...]
-1 786</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>