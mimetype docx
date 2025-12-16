--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="181f1ed" w14:textId="181f1ed">
+    <w:p w14:paraId="8fb715c" w14:textId="8fb715c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,84 +122,206 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 9-1</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Темирский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 85, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного Кодекса Республики Казахстан, Темирский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 375</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Таскопинского сельского округа на 2025–2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,141 +373,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 66 592 тысяч тенге, в том числе:</w:t>
+      1) доходы – 67 295 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 5 104 тысяч тенге;</w:t>
+      налоговые поступления – 4 800 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 100 тысяч тенге;</w:t>
+      неналоговые поступления – 404 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 61 388 тысяч тенге, в том числе:</w:t>
+      поступления трансфертов – 62 091 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субвенция – 34 055 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 66 809,6 тысяч тенге;</w:t>
+      2) затраты – 67 512,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -467,51 +589,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -217,6 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 217,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 217,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -567,61 +689,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Темирского районного маслихата Актюбинской области от 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 358</w:t>
+        <w:t>№ 375</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1044,108 +1166,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Темирского районного маслихата от 23 декабря 2024 года № 266 "Об утверждении Темирского районного бюджета на 2025–2027 годы" на 2025 год предусмотрен объем субвенции, передаваемых из районного бюджета в бюджет Таскопинского сельского округа в сумме 34 055 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учесть в бюджете Таскопинского сельского округа на 2025 год поступления целевых текущих трансфертов из районного бюджета в сумме 27 261 тысяч тенге.</w:t>
+      5. Учесть в бюджете Таскопинского сельского округа на 2025 год поступления целевых текущих трансфертов из районного бюджета в сумме 27 964 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм целевых текущих трансфертов определяется на основании решения акима Таскопинского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Темирского районного маслихата Актюбинской области от 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 358</w:t>
+        <w:t>№ 375</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1491,61 +1613,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Таскопинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Темирского районного маслихата Актюбинской области от 25.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 358</w:t>
+        <w:t>№ 375</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2084,51 +2206,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66592</w:t>
+67295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2261,51 +2383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5104</w:t>
+4800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2438,51 +2560,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2615,51 +2737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2792,51 +2914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2954</w:t>
+2151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3146,51 +3268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3323,51 +3445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1100</w:t>
+1120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3500,51 +3622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1744</w:t>
+927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3677,51 +3799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3782,50 +3904,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3854,51 +3994,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4031,51 +4189,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4208,51 +4366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4385,51 +4543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4562,51 +4720,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61388</w:t>
+62091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4739,51 +4897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61388</w:t>
+62091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4916,76 +5074,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61388</w:t>
+62091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5673,51 +5817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66809, 6</w:t>
+67512,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5882,51 +6026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45009,9</w:t>
+45712,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6091,51 +6235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45009,9</w:t>
+45712,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6300,51 +6444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45009,9</w:t>
+45712,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6509,51 +6653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43524,9</w:t>
+43442,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6718,51 +6862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1485</w:t>
+2270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8772,51 +8916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Строительство и реконструкция автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Строительство и реконструкции автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9608,51 +9752,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Реализация мероприятий для решения вопросов обустройства населенных пунктов в реализацию мер по содействию экономического развития регионов в рамках Государственной программы развития регионов до 2025 года</w:t>
+Реализация мероприятий для решения вопросов обустройства населенных пунктов в реализацию мер по содействию экономическому развитию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+регионов в рамках Государственной программы развития регионов до 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10444,51 +10606,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+Возврат неиспользованных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10649,51 +10829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. Чистое бюджетное кредитование</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10902,64 +11082,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11087,52 +11253,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Класс </w:t>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -11857,64 +12023,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -12807,51 +12959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
--217,6 </w:t>
+- 217,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13024,64 +13176,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 217,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13209,52 +13347,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Класс </w:t>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>