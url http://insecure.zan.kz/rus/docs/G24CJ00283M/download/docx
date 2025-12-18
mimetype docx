--- v0 (2025-10-03)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c80dbc" w14:textId="5c80dbc">
+    <w:p w14:paraId="9164528" w14:textId="9164528">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,84 +122,206 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 9-1</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Темирский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 85, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного Кодекса Республики Казахстан, Темирский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 374</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Саркольского сельского округа на 2025–2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,159 +373,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 119 064 тысяч тенге, в том числе:</w:t>
+      1) доходы – 296 757 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 75 989 тысяч тенге;</w:t>
+      налоговые поступления – 78 201 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 360 тысяч тенге;</w:t>
+      неналоговые поступления – 157 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 2 510 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 501 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 40 205 тысяч тенге, в том числе:</w:t>
+      поступления трансфертов – 217 898 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субвенция – 5 609 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 133 293,4 тысяч тенге;</w:t>
+      2) затраты – 310 986,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,61 +707,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Темирского районного маслихата Актюбинской области от 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 374</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1545,61 +1667,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Саркольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Темирского районного маслихата Актюбинской области от 25.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Темирского районного маслихата Актюбинской области от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 374</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2138,51 +2260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 119064</w:t>
+ 296757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2315,51 +2437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75989</w:t>
+78201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2492,51 +2614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42000</w:t>
+45822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2669,51 +2791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42000</w:t>
+45822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2846,51 +2968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23550</w:t>
+22528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3377,51 +3499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20000</w:t>
+20458</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3553,52 +3675,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2500</w:t>
+              <w:t xml:space="preserve">
+1020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3731,51 +3853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10439</w:t>
+9851</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3908,405 +4030,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4400</w:t>
+3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-360</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6039</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-150</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4326,93 +4448,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4439,405 +4561,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+157</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2510</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2510</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4857,518 +4979,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2510</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-40205</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-40205</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5388,50 +5510,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты, из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217898</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5465,112 +5764,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-40205</w:t>
+Трансферты из районного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -6258,51 +6561,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-133293,4</w:t>
+310986,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6467,51 +6770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62531,3</w:t>
+62521,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6540,50 +6843,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6676,51 +6997,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62531,3</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62521,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6885,51 +7224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62531,3</w:t>
+62521,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7022,50 +7361,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7094,51 +7451,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51241,3</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51231,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7512,51 +7887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64399,1</w:t>
+62527,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7721,51 +8096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64399,1</w:t>
+62527,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7930,51 +8305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64399,1</w:t>
+62527,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8557,51 +8932,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29092</w:t>
+27220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8766,51 +9141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+179575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8975,51 +9350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+179575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9184,51 +9559,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+179575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9321,406 +9696,442 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-040</w:t>
-[...71 lines deleted...]
-6344</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог районного значения и улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+179575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-10</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9875,160 +10286,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Прочие</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10116,148 +10527,184 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...96 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий для решения вопросов обустройства населенных пунктов в реализацию мер по содействию экономическому развитию регионов в рамках Государственной прогаммы развития регионов до 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11487,64 +11934,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11672,52 +12105,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Класс </w:t>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12442,64 +12875,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -13597,76 +14016,80 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 14229,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13794,52 +14217,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Класс </w:t>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>