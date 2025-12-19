--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6260867" w14:textId="6260867">
+    <w:p w14:paraId="6bc3e9c" w14:textId="6bc3e9c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,377 +251,377 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 94 119 тысяч тенге:</w:t>
+      1) доходы – 96 574 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 000 тысяч тенге;</w:t>
+      налоговые поступления – 6 779 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 1 900 тысяч тенге;</w:t>
+      неналоговые поступления – 1 752 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала – 140 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 86 219 тысяч тенге;</w:t>
+      поступления трансфертов – 87 903 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 94 616,1 тысяч тенге:</w:t>
+      2) затраты – 97 071,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тенге;</w:t>
+      бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0 тенге;</w:t>
+      погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов – 0 тенге;</w:t>
+      приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление от продажи финансовых активов государства – 0 тенге;</w:t>
+      поступление от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета– -497,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 497,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 497,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0 тенге;</w:t>
+      поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0 тенге;</w:t>
+      погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 497,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 435</w:t>
+        <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1003,137 +1003,137 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение № 1 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 1 к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мугалжарского районного </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маслихата от "30 " декабря 2024 </w:t>
+              <w:t xml:space="preserve">маслихата от 30 декабря 2024 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>года № 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жем округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 435</w:t>
+        <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1672,51 +1672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 119</w:t>
+96 574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1849,51 +1849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+6 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2026,51 +2026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 100</w:t>
+3 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2203,51 +2203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 100</w:t>
+3 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2380,51 +2380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 900</w:t>
+3 702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2557,51 +2557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2734,51 +2734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 100</w:t>
+1 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2911,51 +2911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 050</w:t>
+1 851</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3088,51 +3088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550</w:t>
+208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3265,51 +3265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550</w:t>
+208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3442,51 +3442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 900</w:t>
+1 752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3619,51 +3619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1900</w:t>
+1360</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3683,341 +3683,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 900</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-86 219</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4046,155 +4046,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-86 219</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4255,50 +4255,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 903</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты, из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 903</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4327,51 +4858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 219</w:t>
+87 903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5084,51 +5615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 616,1</w:t>
+97 071,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5293,51 +5824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 136,5</w:t>
+60 961,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5502,51 +6033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 136,5</w:t>
+60 961,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5711,51 +6242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 136,5</w:t>
+60 961,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5920,51 +6451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 190</w:t>
+49 161,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6129,51 +6660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 946,5</w:t>
+11 799,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6338,51 +6869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 143</w:t>
+28 773,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6547,51 +7078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 143</w:t>
+28 773,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6756,51 +7287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 143</w:t>
+28 773,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6965,51 +7496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 702</w:t>
+17 348,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7383,51 +7914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 441</w:t>
+1 425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>