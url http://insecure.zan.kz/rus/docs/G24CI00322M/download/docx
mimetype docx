--- v1 (2025-12-19)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6bc3e9c" w14:textId="6bc3e9c">
+    <w:p w14:paraId="3ec3e13" w14:textId="3ec3e13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,377 +251,377 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 96 574 тысяч тенге:</w:t>
+      1) доходы – 108 422 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 779 тысяч тенге;</w:t>
+      налоговые поступления – 7 531 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 1 752 тысяч тенге;</w:t>
+      неналоговые поступления – 1 403 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 140 тенге;</w:t>
+      поступления от продажи основного капитала – 140 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 87 903 тысяч тенге;</w:t>
+      поступления трансфертов – 99 348 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 97 071,1 тысяч тенге:</w:t>
+      2) затраты – 108 919,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тысяч тенге;</w:t>
+      бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
+      погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов – 0 тысяч тенге;</w:t>
+      приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
+      поступление от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 497,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -497,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 497,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0 тысяч тенге;</w:t>
+      поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0 тысяч тенге;</w:t>
+      погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 497,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 05.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 457</w:t>
+        <w:t>№ 477</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1079,61 +1079,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жем округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 05.11.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Мугалжарского районного маслихата Актюбинской области от 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 457</w:t>
+        <w:t>№ 477</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1672,51 +1672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 574</w:t>
+108 422</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1849,51 +1849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 779</w:t>
+7 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2026,51 +2026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 077</w:t>
+3 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2203,51 +2203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 077</w:t>
+3 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2380,51 +2380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 702</w:t>
+4 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2734,51 +2734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 587</w:t>
+2 251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3088,51 +3088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208</w:t>
+262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3265,51 +3265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208</w:t>
+262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3442,51 +3442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 752</w:t>
+1 403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3619,51 +3619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1360</w:t>
+871</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3692,473 +3692,473 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06</w:t>
-[...103 lines deleted...]
-392</w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-140</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Продажа земли и нематериальных активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4214,128 +4214,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Продажа нематериальных активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4359,373 +4359,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-87 903</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-87 903</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 348</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4745,50 +4745,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты, из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 348</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4858,51 +5035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 903</w:t>
+99 348</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5615,51 +5792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97 071,1</w:t>
+108 919,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5824,51 +6001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 961,2</w:t>
+64 496,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6033,51 +6210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 961,2</w:t>
+64 496,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6242,51 +6419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 961,2</w:t>
+64 496,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6451,51 +6628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 161,7</w:t>
+52 696,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6869,51 +7046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 773,3</w:t>
+37 086,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7078,51 +7255,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 773,3</w:t>
+37 086,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7287,51 +7464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 773,3</w:t>
+37 086,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7496,51 +7673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 348,3</w:t>
+25 661,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27794,55 +27971,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>