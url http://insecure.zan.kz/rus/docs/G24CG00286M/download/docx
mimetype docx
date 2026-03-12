--- v0 (2025-12-27)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f3cbba" w14:textId="8f3cbba">
+    <w:p w14:paraId="46d2451" w14:textId="46d2451">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Об утверждении бюджета сельского округа имени И. Курманова на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Кобдинского районного маслихата Актюбинской области от 31 декабря 2024 года № 286</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -163,68 +156,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", Кобдинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа имени И. Курманова на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -256,105 +232,106 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах"</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) доходы – 60866,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "1) доходы – 63916,4 тысяч тенге:</w:t>
+      налоговые поступления – 1173 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 3 048 тысяч тенге;</w:t>
-[...17 lines deleted...]
-      не налоговые поступления - 0 тенге;</w:t>
+      неналоговые поступления - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -364,69 +341,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 60868,4 тысяч тенге;</w:t>
+      поступления трансфертов – 59693,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 67316,5 тысяч тенге;</w:t>
+      2) затраты – 64338,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -526,51 +503,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) не нефтяной дефицит (профицит) бюджета – 0 тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -598,135 +575,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 3400,1 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 3472 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 20.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t xml:space="preserve">№ 418 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t>(вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что в доход бюджета сельского округа зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подоходный налог;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -881,90 +858,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие неналоговые поступления в бюджеты города районного значения, села, поселка, сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления за использование природных и других ресурсов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Принять к сведению и руководству, что в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О республиканском бюджете на 2025 - 2027 годы" установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -993,90 +970,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель для исчисления пособий и иных социальных выплат, а также для применения штрафных санкций, налогов и других платежей в соответствии с законодательством Республики Казахстан – 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для исчисления размеров базовых социальных выплат – 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть на 2025 год объемы субвенций, переданных из районного бюджета в бюджет сельского округа имени И.Курманова в сумме 35 238 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1262,51 +1239,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение № 1 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 1 к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Кобдинского районного </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1338,61 +1315,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа имени И. Курманова на 2025 год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 20.11.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 418</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1799,123 +1776,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 2</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2116,51 +2093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64063,4</w:t>
+60866,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2293,51 +2270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3195,4</w:t>
+1173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2470,51 +2447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-655,4</w:t>
+255,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2647,51 +2624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-655,4</w:t>
+255,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2824,51 +2801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1978</w:t>
+655,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3178,51 +3155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1258</w:t>
+435,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3355,51 +3332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-689</w:t>
+189,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3532,51 +3509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-562</w:t>
+262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3709,51 +3686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-562</w:t>
+262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3886,51 +3863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60868,4</w:t>
+59693,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4063,51 +4040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60868,4</w:t>
+59693,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4240,62 +4217,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60868,4</w:t>
+59693,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -4639,52 +4630,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Программа </w:t>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -4764,52 +4755,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование </w:t>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -5204,51 +5195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67537,5</w:t>
+64338,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5413,51 +5404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35560,4</w:t>
+36112,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5622,51 +5613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35560,4</w:t>
+36112,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5831,51 +5822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35560,4</w:t>
+36112,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6249,51 +6240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1140</w:t>
+1692,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6458,51 +6449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30627,4</w:t>
+26725,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6667,51 +6658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30627,4</w:t>
+26725,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6876,51 +6867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30627,4</w:t>
+26725,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7085,51 +7076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4302</w:t>
+2179,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7503,51 +7494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24048,6</w:t>
+22269,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7712,51 +7703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7921,51 +7912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8130,51 +8121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8339,51 +8330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10417,50 +10408,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -10804,52 +10809,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Программа </w:t>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -10929,52 +10934,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование </w:t>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -11373,51 +11378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11582,51 +11587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11791,51 +11796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12000,51 +12005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>