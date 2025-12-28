--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8638844" w14:textId="8638844">
+    <w:p w14:paraId="f96492b" w14:textId="f96492b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Акрапского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Кобдинского районного маслихата Актюбинской области от 31 декабря 2024 года № 278</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,51 +163,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Кобдинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Акрапского сельского округа на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -232,178 +256,177 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
-[...18 lines deleted...]
-      1) доходы – 35 995,3 тысяч тенге:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 3 242,9 тысяч тенге;</w:t>
+      1) доходы – 36 971,3 тысяч тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      налоговые поступления - 2 878,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не налоговые поступления - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 0 тенге;</w:t>
+      поступления от продажи основного капитала – 364,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      специальные поступления - 0 тенге;</w:t>
+      специальные поступления- 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 32 752,4 тысяч тенге;</w:t>
+      поступления трансфертов - 33 728,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 36 093,4 тысяч тенге;</w:t>
+      2) затраты - 37 069,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,107 +608,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 10.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 379</w:t>
+        <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что в доход сельского бюджета зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоги на собственность;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -732,90 +755,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из местного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Принять к сведению и руководству, что в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О республиканском бюджете на 2025 - 2027 годы" установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -844,90 +867,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель для исчисления пособий и иных социальных выплат, а также для применения штрафных санкций, налогов и других платежей в соответствии с законодательством Республики Казахстан – 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для исчисления размеров базовых социальных выплат – 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Акрапского сельского округа на 2025 год объемы субвенций, передаваемых из районного бюджета в сумме 33 199 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1189,61 +1212,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акрапского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 10.10.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Кобдинского районного маслихата Актюбинской области от 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 379</w:t>
+        <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1967,51 +1990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35995,3</w:t>
+36971,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2144,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3242,9</w:t>
+2878,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4268,51 +4291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32752,4</w:t>
+33728,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4445,51 +4468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32752,4</w:t>
+33728,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4622,76 +4645,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32752,4</w:t>
+33728,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5035,52 +5044,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Программа</w:t>
+              <w:t xml:space="preserve">
+Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5160,52 +5169,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -5600,51 +5609,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36093,4</w:t>
+37069,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5809,51 +5818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24277</w:t>
+25711,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6018,51 +6027,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24277</w:t>
+25711,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6227,51 +6236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24277</w:t>
+25711,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6436,51 +6445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23597</w:t>
+25092,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6645,51 +6654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680</w:t>
+619</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6854,51 +6863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10616,4</w:t>
+10286,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7063,51 +7072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10616,4</w:t>
+10286,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7272,51 +7281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10616,4</w:t>
+10286,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7899,51 +7908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3444,6</w:t>
+3114,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8108,51 +8117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1200</w:t>
+1071,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8317,51 +8326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1200</w:t>
+1071,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8526,51 +8535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1200</w:t>
+1071,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8735,51 +8744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1200</w:t>
+1071,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9977,64 +9986,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -10378,52 +10373,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Программа</w:t>
+              <w:t xml:space="preserve">
+Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -10503,52 +10498,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -31600,55 +31595,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>