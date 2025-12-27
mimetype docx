--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="29a7251" w14:textId="29a7251">
+    <w:p w14:paraId="f7d2d41" w14:textId="f7d2d41">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Иргизского районного маслихата Актюбинской области от 26 декабря 2024 года № 197</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -161,50 +162,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Иргизский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -223,51 +225,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Жайсанбайского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -302,85 +303,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 24 638 тысяч тенге, в том числе:</w:t>
+      1) доходы – 24 498 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 4 082 тысяч тенге;</w:t>
+      налоговые поступления – 2 841 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 10 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -390,69 +390,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 20 546 тысяча тенге;</w:t>
+      поступления трансфертов – 21 647 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 27 684,9 тысяч тенге;</w:t>
+      2) затраты – 27 544,9 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -552,51 +552,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -3 046,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета –3 046,9 тысячтенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета –3 046,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -634,61 +634,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 243</w:t>
+        <w:t>№ 277</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1198,51 +1198,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Учесть в бюджете Жайсанбайского сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      760 тысяч тенге- на освещение улиц в населенных пунктах.</w:t>
+      760 тысяч тенге- на освещение улиц в населенных пунктах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1101 тысяча тенге- на выплату заработной платы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1264,61 +1282,61 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 5 в соответствии с решением Иргизского районного маслихата Актюбинской области от 11.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 262</w:t>
+        <w:t>№ 277</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1613,61 +1631,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жайсанбайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 11.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 243</w:t>
+        <w:t>№ 277</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1732,51 +1750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+Сумма (тысяча тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2391,51 +2409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 638</w:t>
+24 498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2568,51 +2586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 082</w:t>
+2 841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2745,51 +2763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 199</w:t>
+1 297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2922,51 +2940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 199</w:t>
+1 297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3099,51 +3117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1403</w:t>
+1 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3630,51 +3648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 133</w:t>
+774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3984,51 +4002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-480</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4161,51 +4179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-480</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4869,51 +4887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 546</w:t>
+21 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5046,51 +5064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 546</w:t>
+21 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5223,76 +5241,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 546</w:t>
+21 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5347,51 +5351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+Сумма (тысяча тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6201,51 +6205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 684,9</w:t>
+27 544,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6410,51 +6414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 642,2</w:t>
+24 642,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6619,51 +6623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 642,2</w:t>
+24 642,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7246,51 +7250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 042,7</w:t>
+2 902,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7455,51 +7459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 042,7</w:t>
+2 902,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7664,51 +7668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 042,7</w:t>
+2 902,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7874,259 +7878,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 585,7</w:t>
-            </w:r>
-[...207 lines deleted...]
-140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9533,64 +9328,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 046,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -9645,51 +9426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+Сумма (тысяча тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9719,52 +9500,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Класс </w:t>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -9872,78 +9653,169 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>