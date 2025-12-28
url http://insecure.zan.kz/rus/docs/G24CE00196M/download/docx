--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5561d00" w14:textId="5561d00">
+    <w:p w14:paraId="9b2bbe0" w14:textId="9b2bbe0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Иргизского районного маслихата Актюбинской области от 26 декабря 2024 года № 196</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -161,50 +162,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Иргизский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -223,51 +225,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Тауипского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -302,157 +303,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "1) доходы – 33 123 тысяч тенге, в том числе:</w:t>
+      "1) доходы – 32 846,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7 001 тысяч тенге;</w:t>
+      налоговые поступления – 6224,4 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 10 тысяч тенге;</w:t>
+      неналоговые поступления – 10 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 26 112 тысяч тенге;</w:t>
+      поступления трансфертов – 26 612 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 37 074,9 тысячи тенге;</w:t>
+      2) затраты – 36 798,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -534,51 +534,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 3 951,9 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – 3 951,9 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 3 951,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -606,89 +606,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 3 951,9 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 3 951,9 тысяча тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 242</w:t>
+        <w:t>№ 276</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1165,50 +1165,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7 тысяч тенге - на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Учесть в бюджете Тауипского сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      500 тысяч тенге – на освещение улиц в населенных пунктах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 4-1 в соответствии решением Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 276</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -1477,61 +1611,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тауипского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 261</w:t>
+        <w:t>№ 276</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2255,51 +2389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 123</w:t>
+32 846,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2432,51 +2566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 001</w:t>
+6224,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2609,51 +2743,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 390</w:t>
+2264,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2786,51 +2920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 390</w:t>
+2264,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2963,51 +3097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 221</w:t>
+3127,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3671,51 +3805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 262</w:t>
+1 68,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3848,51 +3982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-390</w:t>
+832,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4025,51 +4159,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-390</w:t>
+823,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4733,51 +4867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 112</w:t>
+26 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4910,51 +5044,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 112</w:t>
+26 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5087,51 +5221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 112</w:t>
+26 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6051,51 +6185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 074,9</w:t>
+36 798,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6260,51 +6394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31 238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6469,51 +6603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6678,51 +6812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31 238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6887,51 +7021,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31 238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7096,51 +7230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 313</w:t>
+5 559,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7305,51 +7439,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 313</w:t>
+5 559,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7514,51 +7648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 313</w:t>
+5 559,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7723,51 +7857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 600</w:t>
+3 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7932,51 +8066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-448</w:t>
+285,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8141,51 +8275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 265</w:t>
+2174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9657,51 +9791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Под-класс</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>