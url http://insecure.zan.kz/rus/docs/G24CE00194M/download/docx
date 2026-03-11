--- v0 (2025-12-29)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="38acc42" w14:textId="38acc42">
+    <w:p w14:paraId="1cbc61a" w14:textId="1cbc61a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Кумтогайского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Иргизского районного маслихата Актюбинской области от 26 декабря 2024 года № 194</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,80 +188,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Кумтогайского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -303,84 +297,85 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 73 132 тысячи тенге, в том числе:</w:t>
+      1) доходы – 73 252 тысячи тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8 362 тысячи тенге;</w:t>
+      налоговые поступления – 8 482 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 94 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -408,87 +403,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 64 148 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 73 406,4 тысяч тенге;</w:t>
+      2) затраты – 73 526,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тенге;</w:t>
+      бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -634,107 +629,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 295</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в доход бюджета сельского округа зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговые поступления:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1051,146 +1046,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В соответствии с решением районного маслихата от "25" декабря 2024 года "Об утверждении Иргизского районного бюджета на 2025-2027 годы" на 2025 год предусмотрена субвенция, передаваемая из районного бюджета в бюджет Кумтогайского сельского округа в сумме 33 173 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Кумтогайского сельского округа на 2025 год поступление текущих целевых трансфертов из республиканского бюджета через районный бюджет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133 тысяч тенге – на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете Кумтогайского сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27 182 тысяч тенге - на благоустройство населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1251,100 +1246,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции решения Иргизского районного маслихата Актюбинской области от 11.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 240</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1593,61 +1588,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кумтогайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 295</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2371,51 +2366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 132</w:t>
+73 252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2548,51 +2543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 362</w:t>
+8 482</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4141,51 +4136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2 323 </w:t>
+2 443 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4495,51 +4490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4672,405 +4667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84</w:t>
-[...353 lines deleted...]
-10</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7016,87 +6657,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІ. Затраты</w:t>
-[...35 lines deleted...]
-73 406,4</w:t>
+ІІ.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 526,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7261,51 +6902,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 908,9</w:t>
+41 028,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7470,51 +7111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 908,9</w:t>
+41 028,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7679,51 +7320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 908,9</w:t>
+41 028,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7888,51 +7529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 748,9</w:t>
+40 868,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28039,55 +27680,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>