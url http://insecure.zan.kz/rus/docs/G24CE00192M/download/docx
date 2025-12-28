--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e76c7a4" w14:textId="e76c7a4">
+    <w:p w14:paraId="19db4dc" w14:textId="19db4dc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -186,61 +186,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 257</w:t>
+        <w:t>№ 273</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -316,69 +316,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 70 410,4 тысяч тенге, в том числе:</w:t>
+      1) доходы – 71621,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 869 тысяч тенге;</w:t>
+      налоговые поступления – 8080 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 40 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -388,69 +388,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 187,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 63 314 тысячи тенге;</w:t>
+      поступления трансфертов – 63314 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 70 540 тысяч тенге;</w:t>
+      2) затраты – 71751 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -550,51 +550,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -129,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 129,6 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 129,6тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -632,61 +632,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 257</w:t>
+        <w:t>№ 273</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1609,61 +1609,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Аманкольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 257</w:t>
+        <w:t>№ 273</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2387,51 +2387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 410,4</w:t>
+71621,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2564,51 +2564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 869</w:t>
+8080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2741,51 +2741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 876</w:t>
+2655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2918,51 +2918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 876</w:t>
+2655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3095,51 +3095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 913</w:t>
+4 948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3626,51 +3626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4141</w:t>
+4161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3803,51 +3803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3980,51 +3980,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+477</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4156,52 +4156,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-80 </w:t>
+              <w:t>
+477</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6714,51 +6714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 540</w:t>
+71 751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6923,51 +6923,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 320,6</w:t>
+65531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7132,51 +7132,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 320,6</w:t>
+65 531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7341,51 +7341,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 320,6</w:t>
+65 531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7550,51 +7550,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 960,6</w:t>
+48 171,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7759,51 +7759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 360</w:t>
+17360</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7968,51 +7968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 208</w:t>
+6208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8177,51 +8177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 208</w:t>
+6208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8386,51 +8386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 208</w:t>
+6208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8595,51 +8595,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 766</w:t>
+4766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9180,71 +9180,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10531,51 +10567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тыс.тенге)</w:t>
+Сумма (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10707,51 +10743,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Под-класс</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>