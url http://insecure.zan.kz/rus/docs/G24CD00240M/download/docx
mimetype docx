--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b710ef5" w14:textId="b710ef5">
+    <w:p w14:paraId="c233fa1" w14:textId="c233fa1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,178 +232,178 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2024 год в следующих обьемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2024 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 58 447,0 тысяч тенге т, в том числе:</w:t>
+      1) доходы –58 449,0 тысяч тенге т, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 2 405,0тысяч тенге;</w:t>
+      налоговые поступления – 2 405,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0 тенге;</w:t>
+      неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 56 042,0тысяч тенге;</w:t>
+      поступления трансфертов – 56 044,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 60 837,4 тысяч тенге;</w:t>
+      2) затраты –60 839,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
+      3) чистое бюджетное кредитование – 0, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -467,105 +467,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -2 390,4 тысяч тенге ;</w:t>
+      5) дефицит (профицит) бюджета – -2 390,4 тысяч тенге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета - 2 390,4 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета - 2 390,4 тысяч тенге; в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в том числе:</w:t>
-[...17 lines deleted...]
-      поступление займов – 0;</w:t>
+      поступление займов –0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,61 +567,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 01.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 297</w:t>
+        <w:t>№ 321</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1079,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сартогайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 01.08.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 297</w:t>
+        <w:t>№ 321</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1672,51 +1654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 447</w:t>
+58 449</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3619,51 +3601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 042</w:t>
+56 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3796,51 +3778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 042</w:t>
+56 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3973,51 +3955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 042</w:t>
+56 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4730,51 +4712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 837,4</w:t>
+60 839,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4939,51 +4921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 307</w:t>
+54 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5148,51 +5130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 307</w:t>
+54 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5357,51 +5339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 307</w:t>
+54 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5566,51 +5548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 583</w:t>
+40 157,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5775,51 +5757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 724</w:t>
+14 724,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5984,51 +5966,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 530,4</w:t>
+4 958,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6193,51 +6175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 530,4</w:t>
+4 958,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6402,51 +6384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 530,4</w:t>
+4 958,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7029,260 +7011,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 770,4</w:t>
+1 198,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...167 lines deleted...]
-1 000</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7311,187 +7293,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-1 000</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7656,51 +7638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7793,50 +7775,904 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство и реконструкция автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7865,51 +8701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>