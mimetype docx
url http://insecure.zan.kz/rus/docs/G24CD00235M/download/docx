--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7248981" w14:textId="7248981">
+    <w:p w14:paraId="7b6549d" w14:textId="7b6549d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,396 +232,378 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объҰмах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 197 535 тысяч тенге, в том числе:</w:t>
+      1) доходы – 243 066,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 74 200 тысяч тенге;</w:t>
+      налоговые поступления – 78 290 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0 тенге;</w:t>
+      неналоговые поступления – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 6 500 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 116 835 тысяч тенге;</w:t>
+      поступления трансфертов – 158 276,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 220 499 тысяч тенге;</w:t>
+      2) затраты – 266 030,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тенге;</w:t>
+      бюджетные кредиты – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге, в том числе:</w:t>
-[...17 lines deleted...]
-      приобретение финансовых активов – 0 тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге, в том числе: приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 22 964 тысяч тенге ;</w:t>
+      5) дефицит бюджета (профицит) – - 22964,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 22 964 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита бюджета (использование профицита) – 22 964,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0 тысяч тенге;</w:t>
+      поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0 тысяч тенге;</w:t>
+      погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 22 964,0 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 22 964,0, тысяч тенге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 13.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 246</w:t>
+        <w:t>№ 316</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1043,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карауылкелдинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 13.02.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 246</w:t>
+        <w:t>№ 316</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1654,51 +1636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197 535</w:t>
+243 066,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1831,51 +1813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74 200</w:t>
+78 290</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2008,51 +1990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 275</w:t>
+45 365</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2185,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 275</w:t>
+45 365</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4309,51 +4291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116 835</w:t>
+158 276,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4486,51 +4468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116 835</w:t>
+158 276,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4663,51 +4645,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116 835</w:t>
+158 276,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5420,51 +5402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-220 499</w:t>
+266 030,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5629,51 +5611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 670</w:t>
+140 246,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5838,51 +5820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 670</w:t>
+140 246,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6047,51 +6029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 670</w:t>
+140 246,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6256,469 +6238,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 670</w:t>
+97 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-73 934</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 360,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-73 934</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77 275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6738,196 +6720,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-73 934</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77 275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6979,164 +6961,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-47 636</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77 275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7229,123 +7211,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-5 258</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7438,541 +7420,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-21 040</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 599</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-49 895</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-49 895</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 508,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7992,196 +7974,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-49 895</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 508,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8233,164 +8215,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-49 895</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 508,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8474,128 +8456,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 508,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8720,51 +8706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами</w:t>
+ІII. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8925,87 +8911,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- 22 964</w:t>
+-22 964</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28934,55 +29125,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>