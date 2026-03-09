--- v1 (2025-12-28)
+++ v2 (2026-03-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b6549d" w14:textId="7b6549d">
+    <w:p w14:paraId="cabd2e6" w14:textId="cabd2e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,70 +232,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объҰмах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих обьемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 243 066,5 тысяч тенге, в том числе:</w:t>
+      1) доходы – 324 176,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 78 290 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -323,287 +323,305 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 6 500 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 158 276,5 тысяч тенге;</w:t>
+      поступления трансфертов – 239 386,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 266 030,5 тысяч тенге;</w:t>
+      2) затраты – 347 140,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
+      3) чистое бюджетное кредитование – 0,0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0 тенге;</w:t>
+      погашение бюджетных кредитов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге, в том числе: приобретение финансовых активов – 0 тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0,0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0 тенге;</w:t>
+      приобретение финансовых активов – 0,0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступления от продажи финансовых активов государства – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит бюджета (профицит) – - 22964,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита бюджета (использование профицита) – 22 964,0 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита бюджета (использование профицита) – 22964,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0 тенге;</w:t>
+      поступление займов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0 тенге;</w:t>
+      погашение займов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 22 964,0, тысяч тенге</w:t>
+      используемые остатки бюджетных средств – 22964,0, тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 316</w:t>
+        <w:t>№ 328</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1043,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карауылкелдинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Байганинского районного маслихата Актюбинской области от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 316</w:t>
+        <w:t>№ 328</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1636,51 +1654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-243 066,5</w:t>
+324 176,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4291,51 +4309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 276,5</w:t>
+239 386,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4468,51 +4486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 276,5</w:t>
+239 386,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4645,51 +4663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 276,5</w:t>
+239 386,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5402,51 +5420,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-266 030,5</w:t>
+347 140,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5611,51 +5629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 246,7</w:t>
+221 356,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5820,51 +5838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 246,7</w:t>
+221 356,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6029,51 +6047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 246,7</w:t>
+221 356,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6447,51 +6465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 360,7</w:t>
+123 470,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29125,55 +29143,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>