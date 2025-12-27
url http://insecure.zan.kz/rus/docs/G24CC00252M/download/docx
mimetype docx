--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e16329" w14:textId="0e16329">
+    <w:p w14:paraId="459b211" w14:textId="459b211">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Алгинского районного маслихата Актюбинской области от 30 декабря 2024 года № 252</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -221,50 +222,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и Законом Республики Казахстан "О республиканском бюджете на 2025 - 2027 годы", Алгинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -283,51 +285,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Тамдинского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -362,67 +363,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 74 614 тысяч тенге:</w:t>
+      1) доходы – 75 614 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления - 23 943 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -468,69 +468,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 50 671 тысяч тенге;</w:t>
+      поступления трансфертов – 51 671 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 79 836,9 тысяч тенге;</w:t>
+      2) затраты – 80 836,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -612,69 +612,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -5 222,9 тенге;</w:t>
+      5) дефицит (профицит) бюджета - - 5 222,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета - 5 222,9 тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета - 5 222,9 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,61 +712,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 19.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 298</w:t>
+        <w:t>№ 343</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1462,61 +1462,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тамдинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 19.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 298</w:t>
+        <w:t>№ 343</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74 614</w:t>
+75 614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5426,51 +5426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 671</w:t>
+51 671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5603,51 +5603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 671</w:t>
+51 671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5780,51 +5780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 671</w:t>
+51 671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6744,51 +6744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 836,9</w:t>
+80 836,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7998,51 +7998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 935</w:t>
+18 935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8207,51 +8207,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 935</w:t>
+18 935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8416,51 +8416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 935</w:t>
+18 935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9043,51 +9043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 231</w:t>
+10 231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>