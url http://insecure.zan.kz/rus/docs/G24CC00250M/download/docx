--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a769bf" w14:textId="5a769bf">
+    <w:p w14:paraId="98d6954" w14:textId="98d6954">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -378,87 +378,87 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 745 405,7 тысяч тенге:</w:t>
+      1) доходы – 746 405,7 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 28 589 тысяч тенге;</w:t>
+      налоговые поступления – 28 683,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступление – 318 тысяч тенге;</w:t>
+      неналоговые поступление – 223,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 1 707 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -468,69 +468,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 714 791,7 тысяч тенге;</w:t>
+      поступления трансфертов – 715 791,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 746 626,5 тысяч тенге;</w:t>
+      2) затраты – 747 626,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,61 +712,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 321</w:t>
+        <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1500,61 +1500,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Маржанбулакского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 321</w:t>
+        <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2278,51 +2278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-745 405,7</w:t>
+746 405,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2455,51 +2455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 589</w:t>
+28 683,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2632,51 +2632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 239</w:t>
+15 469,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2809,51 +2809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 239</w:t>
+15 469,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2986,51 +2986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 719</w:t>
+12 582,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3163,51 +3163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-570</w:t>
+518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3517,51 +3517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 727</w:t>
+10 642,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4225,51 +4225,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318</w:t>
+223,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4402,51 +4402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-289</w:t>
+222,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4579,51 +4579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-289</w:t>
+222,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4756,51 +4756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4933,51 +4933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5818,51 +5818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-714 791,7</w:t>
+715 791,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5995,51 +5995,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-714 791,7</w:t>
+715 791,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6172,51 +6172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-714 791,7</w:t>
+715 791,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -7136,51 +7136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-746 626,5</w:t>
+747 626,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7345,51 +7345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 436</w:t>
+53 704,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7554,51 +7554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 436</w:t>
+53 704,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7763,51 +7763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 436</w:t>
+53 704,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7972,469 +7972,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 436</w:t>
+52 704,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-47 739,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-47 739,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 989,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8454,196 +8454,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-47 739,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 989,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8695,164 +8695,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-45 273,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 989,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8945,123 +8945,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-965</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 523,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9154,541 +9154,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1 500,9</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+965</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-219 040,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-219 040,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218 522,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9708,196 +9708,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-219 040,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218 522,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9949,164 +9949,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
- 87 909,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218 522,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10199,406 +10199,406 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...71 lines deleted...]
-131 130,9 </w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88 899,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-430 410</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 622,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10753,160 +10753,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10994,128 +10994,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11235,92 +11235,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-III.Чистое бюджетное кредитование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+430 410</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>