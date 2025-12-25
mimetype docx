--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6925319" w14:textId="6925319">
+    <w:p w14:paraId="21dde59" w14:textId="21dde59">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -378,159 +378,159 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 46 398,6 тысяч тенге:</w:t>
+      1) доходы – 48 563,8 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 4 689,8 тысяч тенге;</w:t>
+      налоговые поступления – 4 843,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступление – 30,5 тысяч тенге;</w:t>
+      неналоговые поступление – 217,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 104,1 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 928,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 41 574,2 тысяч тенге;</w:t>
+      поступления трансфертов – 42 574,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 47 606,6 тысяч тенге;</w:t>
+      2) затраты – 49 771,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,61 +712,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 317</w:t>
+        <w:t>№ 337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1500,61 +1500,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карабулакского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 317</w:t>
+        <w:t>№ 337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1582,88 +1582,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1694,51 +1694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1795,51 +1795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1907,51 +1907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -2033,51 +2033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2242,87 +2242,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Кірістер</w:t>
-[...35 lines deleted...]
-46 398,6</w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 563,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2419,87 +2419,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
-[...35 lines deleted...]
-4 689,8</w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 843,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2596,87 +2596,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
-[...35 lines deleted...]
-1 573,5</w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2773,87 +2773,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
-[...35 lines deleted...]
-1 573,5</w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2950,87 +2950,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншікке салынатын салықтар</w:t>
-[...35 lines deleted...]
-2 684,3</w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 733,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3127,87 +3127,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлікке салынатын салықтар</w:t>
-[...35 lines deleted...]
-25,9</w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3304,51 +3304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3481,87 +3481,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-2 177,1</w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 214,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3658,51 +3658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
+Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3835,87 +3835,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар </w:t>
-[...35 lines deleted...]
-432</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4012,87 +4012,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
-[...35 lines deleted...]
-432</w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4189,87 +4189,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
-[...35 lines deleted...]
-30,5</w:t>
+Неналоговые поступление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4366,51 +4366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік меншіктен түсетін кірістер</w:t>
+Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4543,51 +4543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4611,196 +4611,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-104,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+186,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4820,341 +4820,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-104,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие неналоговые поступления в местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+186,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-104,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+928,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5174,341 +5174,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+928,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-41 574,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+928,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5528,195 +5528,549 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-41 574,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 574,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 574,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5782,87 +6136,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-41 574,2</w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 574,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5891,88 +6245,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6003,51 +6357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функция</w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6104,51 +6458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6218,51 +6572,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағдарлама</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6343,51 +6697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -6746,87 +7100,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II.Шығындар</w:t>
-[...35 lines deleted...]
-47 606,6</w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 771,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6955,87 +7309,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер</w:t>
-[...35 lines deleted...]
-32 823,3</w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7164,87 +7518,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
-[...35 lines deleted...]
-32 823,3</w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7373,87 +7727,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-32 823,3</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7582,87 +7936,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-32 823,3</w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7791,87 +8145,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органның күрделі шығыстары</w:t>
-[...35 lines deleted...]
-0</w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8000,87 +8354,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-13 383,2</w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 201,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8209,87 +8563,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
-[...35 lines deleted...]
-13 383,2</w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 201,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8418,87 +8772,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-13 383,2</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 201,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8627,87 +8981,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-1 243,4</w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 235,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8836,51 +9190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9045,87 +9399,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
-[...35 lines deleted...]
-8 989,8</w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 816.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9254,87 +9608,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік және коммуникация</w:t>
-[...35 lines deleted...]
-1 400</w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9463,87 +9817,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлігі</w:t>
-[...35 lines deleted...]
-1 400</w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9672,87 +10026,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-1 400</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9881,51 +10235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10090,87 +10444,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
-[...35 lines deleted...]
-100</w:t>
+Капитальный и средний ремонт автомобильных дорог улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10299,51 +10653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер</w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10508,51 +10862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер</w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10717,51 +11071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10926,51 +11280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+Возврат неиспользованных (неиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11131,51 +11485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III. Таза бюджеттік кредиттеу</w:t>
+III.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11336,51 +11690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11444,88 +11798,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11556,51 +11910,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -11657,51 +12011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -11769,51 +12123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -11895,51 +12249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12108,51 +12462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12285,51 +12639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12462,51 +12816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12571,88 +12925,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12683,51 +13037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функция</w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12784,51 +13138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12898,51 +13252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағдарлама</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13023,51 +13377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -13426,51 +13780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13503,183 +13857,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...131 lines deleted...]
-Қаржы активтерін сатып алу</w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13840,51 +14194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
+V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14045,51 +14399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14153,88 +14507,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14265,51 +14619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14366,51 +14720,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14478,51 +14832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -14604,51 +14958,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14817,51 +15171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14994,51 +15348,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік ішкі қарыздар</w:t>
+Внутренние государственные займы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15171,51 +15525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыз алу келісім-шарттары</w:t>
+Договоры займа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15280,88 +15634,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15392,51 +15746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функция</w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -15493,51 +15847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -15607,51 +15961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағдарлама</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -15732,51 +16086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -16139,51 +16493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16348,51 +16702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16456,88 +16810,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16568,51 +16922,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16669,51 +17023,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16781,51 +17135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -16907,51 +17261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17120,51 +17474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17297,51 +17651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
+Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17474,51 +17828,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының бос қалдықтары</w:t>
+Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>