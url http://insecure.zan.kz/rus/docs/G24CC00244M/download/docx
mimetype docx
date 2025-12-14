--- v0 (2025-11-10)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9777136" w14:textId="9777136">
+    <w:p w14:paraId="5f0f191" w14:textId="5f0f191">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,111 +103,230 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Алгинского районного маслихата Актюбинской области от 30 декабря 2024 года № 244</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан, </w:t>
+        <w:t xml:space="preserve"> статьи 85, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 6</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Алгинский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> статьи 91, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахсатан" и Законом Республики Казахстан "О республиканском бюджете на 2025-2027 годы", Алгинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Бескоспинского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -242,175 +361,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 185 384 тысяч тенге:</w:t>
+      1) доходы – 190 219 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 12 170 тысяч тенге;</w:t>
+      налоговые поступления – 16 005 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступление - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 0 тенге;</w:t>
+      поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 173 214 тысяч тенге;</w:t>
+      специальные поступления – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 186 388,6 тысяч тенге;</w:t>
+      поступления трансфертов – 174 214 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование - 0 тенге:</w:t>
+      2) затраты – 191 223,6 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -574,107 +710,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 04.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 264</w:t>
+        <w:t>№ 335</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в доход бюджета сельского округа зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуальный подоходный налог с доходов, не облагаемых у источника выплаты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -829,90 +965,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие неналоговые поступления в местный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Принять к сведению и руководству, что в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О республиканском бюджете на 2025 - 2027 годы" установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -941,166 +1077,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель для исчисления пособий и иных социальных выплат, а также для применения штрафных санкций, налогов и других платежей в соответствии с законодательством Республики Казахстан - 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величину прожиточного минимума для исчисления размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете сельского округа на 2025 год обьемы субвенции, передаваемые из районного бюджета в сумме - 39 796 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете сельского округа на 2025 год поступление целевого текущего трансферта из республиканского бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий – 65 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджете сельского округа на 2025 год поступление целевого текущего трансферта из районного бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на капитальный и средний ремонт дорог - 133 353 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1362,61 +1498,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бескоспинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 04.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 264</w:t>
+        <w:t>№ 335</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2140,51 +2276,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 384</w:t>
+190 219</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2317,51 +2453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 170</w:t>
+16 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2494,51 +2630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 168</w:t>
+5 016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2671,51 +2807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 168</w:t>
+5 016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2848,51 +2984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 438</w:t>
+7 083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3025,51 +3161,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-229</w:t>
+148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3202,51 +3338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3379,51 +3515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 519</w:t>
+5 891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3556,51 +3692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 676</w:t>
+1 025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3733,51 +3869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-564</w:t>
+3 906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3910,51 +4046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-564</w:t>
+3 906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5326,51 +5462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173 214</w:t>
+174 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5503,51 +5639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173 214</w:t>
+174 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5680,51 +5816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173 214</w:t>
+174 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6204,52 +6340,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование </w:t>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -6644,51 +6780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-186 388,6</w:t>
+191 223,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6853,51 +6989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 583</w:t>
+44 508,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7062,51 +7198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 583</w:t>
+44 508,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7271,51 +7407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 583</w:t>
+44 508,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7480,469 +7616,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 583</w:t>
+43 508,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12 004,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты государственных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-12 004,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7962,196 +8098,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-12 004,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8203,164 +8339,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-8 700</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8453,123 +8589,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-1 000</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 604,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8662,541 +8798,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-2 304,6</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-136 801</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 103,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-136 801</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9216,196 +9352,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-136 801</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9457,164 +9593,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 248</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9707,123 +9843,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...71 lines deleted...]
-133 553</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 762</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9907,92 +10043,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-III. Чистое бюджетное кредитование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133 353</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10585,52 +10930,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование </w:t>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -46143,55 +46488,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>