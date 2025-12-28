--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9b60667" w14:textId="9b60667">
+    <w:p w14:paraId="89c3e1c" w14:textId="89c3e1c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Акайского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Алгинского районного маслихата Актюбинской области от 30 декабря 2024 года № 243</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -255,80 +248,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решения Алгинского районного маслихата Актюбинской области от 19.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Акайского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -363,84 +357,85 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 77 656,8 тысяч тенге:</w:t>
+      1) доходы – 78 830,4 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 825,1 тысяч тенге;</w:t>
+      налоговые поступления– 6 998,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступление – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -468,69 +463,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 70 698 тысяч тенге;</w:t>
+      поступления трансфертов – 71 698 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 79 079,7 тысяч тенге;</w:t>
+      2) затраты - 80 253,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -612,51 +607,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета - - 1 422,9 тыс тенге;</w:t>
+      5) дефицит (профицит) бюджета - -1 422,9 тыс тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 1 422,9 тыс тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,107 +707,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 315</w:t>
+        <w:t>№ 334</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в доход бюджета сельского округа зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуальный подоходный налог с доходов, не облагаемых у источника выплаты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -967,90 +962,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие неналоговые поступления в местный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Принять к сведению и руководству, что в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О республиканском бюджете на 2025 - 2027 годы" установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1079,128 +1074,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель для исчисления пособий и иных социальных выплат, а также для применения штрафных санкций, налогов и других платежей в соответствии с законодательством Республики Казахстан - 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величину прожиточного минимума для исчисления размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете сельского округа на 2025 год объемы субвенции, передаваемые из районного бюджета в сумме 57 193 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете сельского округа на 2025 год поступление целевого текущего трансферта из республиканского бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казеных предприятий – 56 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1462,61 +1457,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 315</w:t>
+        <w:t>№ 334</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2240,51 +2235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 656,8</w:t>
+78 830,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6 825,1 </w:t>
+6 998,7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2594,51 +2589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 049</w:t>
+1 073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 049</w:t>
+1 073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 500,5</w:t>
+5 525,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47,5</w:t>
+72,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3833,51 +3828,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275,6</w:t>
+399,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4010,51 +4005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275,6</w:t>
+399,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5426,51 +5421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 698</w:t>
+71 698</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5603,51 +5598,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 698</w:t>
+71 698</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5780,51 +5775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 698</w:t>
+71 698</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6744,51 +6739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 079,7</w:t>
+80 253,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6953,51 +6948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 410,4</w:t>
+39 584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7162,51 +7157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 410,4</w:t>
+39 584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7371,51 +7366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 410,4</w:t>
+39 584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7580,51 +7575,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 410,4</w:t>
+38 584</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходу государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>