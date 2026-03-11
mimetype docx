--- v0 (2025-12-27)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e6ca39" w14:textId="2e6ca39">
+    <w:p w14:paraId="1db8960" w14:textId="1db8960">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>Об утверждении бюджета города Алга на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Алгинского районного маслихата Актюбинской области от 30 декабря 2024 года № 242</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -278,51 +285,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет города Алга на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -357,67 +363,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1 011 807,3 тысяч тенге:</w:t>
+      1) доходы – 1 004 436,5 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 237 231 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -463,69 +468,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 752 664,3 тысяч тенге;</w:t>
+      поступления трансфертов – 745 293,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 1 029 880,2 тысяч тенге;</w:t>
+      2) затраты - 1 024 608,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -707,107 +712,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 333</w:t>
+        <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в доход городского бюджета зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуальный подоходный налог с доходов, не облагаемых у источника выплаты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -962,90 +967,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие неналоговые поступления в местный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Принять к сведению и руководству, что в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О республиканском бюджете на 2025 - 2027 годы" установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с 1 января 2025 года:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1074,128 +1079,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель для исчисления пособий и иных социальных выплат, а также для применения штрафных санкций, налогов и других платежей в соответствии с законодательством Республики Казахстан - 3 932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величину прожиточного минимума для исчисления размеров базовых социальных выплат - 46 228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете города на 2025 год объем субвенции, передаваемые из районного бюджета в сумме 253 193 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете города на 2025 год поступление целевого текущего трансферта из республиканского бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий – 318 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджете города на 2025 год поступление целевых текущих трансфертов из районного бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на освещение улиц в населенных пунктов – 24 284 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1206,70 +1211,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на благустройство и озеленение населенных пунктов – 175 192 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах – 42 242 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1531,61 +1536,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Алга на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 333</w:t>
+        <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2309,51 +2314,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 011 807,3</w:t>
+1 004 436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2486,51 +2491,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-237 231</w:t>
+237 231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5495,51 +5500,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752 664,3</w:t>
+745 293,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5672,51 +5677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752 664,3</w:t>
+745 293,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5849,51 +5854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752 664,3</w:t>
+745 293,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6248,52 +6253,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Программа</w:t>
+              <w:t xml:space="preserve">
+Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6373,52 +6378,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -6813,51 +6818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 029 880,2</w:t>
+1 024 608,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7022,51 +7027,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152 795,5</w:t>
+179 727,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7231,51 +7236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152 795,5</w:t>
+179 727,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7440,51 +7445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152 795,5</w:t>
+179 727,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7649,51 +7654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147 355,5</w:t>
+174 290,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7858,51 +7863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 440</w:t>
+5 436,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8067,51 +8072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-403 606,6</w:t>
+399 324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8276,51 +8281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-403 606,6</w:t>
+399 324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8485,51 +8490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-403 606,6</w:t>
+399 324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8694,51 +8699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169 574,7</w:t>
+166 437,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8903,51 +8908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 292</w:t>
+56 261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9112,51 +9117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 739,9</w:t>
+176 625,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9321,51 +9326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473 477,2</w:t>
+445 555,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9530,51 +9535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473 477,2</w:t>
+445 555,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9739,51 +9744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473 477,2</w:t>
+445 555,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9948,51 +9953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156 208,2</w:t>
+134 958,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10157,51 +10162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-317 269</w:t>
+310 597</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12928,52 +12933,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Программа</w:t>
+              <w:t xml:space="preserve">
+Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13053,52 +13058,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -15637,52 +15642,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Программа</w:t>
+              <w:t xml:space="preserve">
+Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -15762,52 +15767,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование</w:t>
+              <w:t xml:space="preserve">
+Наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -47775,55 +47780,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>