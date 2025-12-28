--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4f17b2a" w14:textId="4f17b2a">
+    <w:p w14:paraId="64307c1" w14:textId="64307c1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,114 +93,176 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О бюджете сельского округа Атамекен Бурабайского района на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Бурабайского районного маслихата Акмолинской области от 26 декабря 2024 года № 8С-26/16</w:t>
+        <w:t>Решение Бурабайского районного маслихата Акмолинской области от 26 декабря 2024 года № 8С-26/16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> статьи 91 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 2-7)</w:t>
+        <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции решением Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Атамекен Бурабайского района на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,51 +313,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 43541,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 85728,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 16546,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -323,69 +385,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 26995,0 тысяч тенге;</w:t>
+      поступления трансфертов – 69182,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 43541,0 тысяч тенге;</w:t>
+      2) затраты – 85884,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -395,51 +457,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
+      погашение бюджетных кредитов –0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -467,69 +529,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -156,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0,0 тысяч тенге.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 156,0 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решением Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учтены нормативы распределения доходов в бюджеты города Щучинска, поселка Бурабай и сельских округов в следующих размерах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -638,63 +762,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -702,51 +825,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Бурабайского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -894,3952 +1017,539 @@
               </w:rPr>
               <w:t>№ 8С-26/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Атамекен на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:tbl>
-[...3469 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции решением Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>№ 8С-36/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="5010"/>
+        <w:gridCol w:w="3006"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная группа</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сумма тысяч тенге</w:t>
+сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Программа</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4849,3552 +1559,8939 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-43541,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85728,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-32664,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16546,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-32664,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-32664,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4023,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6426,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4023,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3746,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-277,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5577,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6854,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+213,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6854,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6854,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69182,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69182,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69182,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85884,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33841,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33841,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33841,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6484,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6484,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4695,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+277,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1512,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45558,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45558,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45558,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат сумм неиспользованных (недоиспользованных) целевых трансфертов, выделенных из республиканского бюджета за счет целевого трансферта из Национального фонда Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-156,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8558,172 +10655,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Атамекен на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4641"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8739,110 +10842,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8858,147 +10975,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9008,3023 +11146,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17284,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10540,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10540,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6704,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 213,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26736,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26736,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12050,172 +14419,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12231,110 +14606,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12350,147 +14739,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12500,3522 +14910,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4741,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4741,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3915,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 826,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7662,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7662,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7662,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16209,172 +18948,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Атамекен на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16390,110 +19135,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16509,147 +19268,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16659,3023 +19439,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18104,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11067,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11067,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6148,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 213,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26461,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26461,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19701,172 +22712,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19882,110 +22899,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20001,147 +23032,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20151,3522 +23203,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4964,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4964,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 873,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7984,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7984,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7984,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23860,557 +27241,563 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету сельского округа Атамекен из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6157"/>
+        <w:gridCol w:w="6143"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты нижестоящим бюджетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2668,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За счет трансфертов районного (города областного значения) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2668,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стимулирующая надбавка к должностным окладам работников организаций, финансируюмых из районного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На обслуживание модуля "Бухгалтерский учет" программы Парус-Каз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24472,55 +27859,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>